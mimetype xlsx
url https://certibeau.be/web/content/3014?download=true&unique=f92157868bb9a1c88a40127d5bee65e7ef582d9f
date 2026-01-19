--- v0 (2025-12-04)
+++ v1 (2026-01-19)
@@ -1,120 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spgebe-my.sharepoint.com/personal/caroline_frebutte_spge_be/Documents/Bureau/workinggirl/SITE/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spgebe-my.sharepoint.com/personal/caroline_frebutte_spge_be/Documents/Bureau/workinggirl/SITE/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{7E202BD5-3635-4394-8CEF-26C4D7BDEC50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E92673F3-43DF-4DBB-A109-0AC9C146A774}"/>
+  <xr:revisionPtr revIDLastSave="35" documentId="8_{436262B2-27BF-401A-98A4-A0A0FF2D3C16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3E7F112B-99B4-4BAA-B093-4810378078DC}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{DFAACC59-DEC5-4447-9ED8-B7E1D6F1707A}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2110" uniqueCount="1947">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2071" uniqueCount="1916">
   <si>
     <t>DE HALLEUX</t>
   </si>
   <si>
     <t>Lisa</t>
   </si>
   <si>
     <t>MARLAIR</t>
   </si>
   <si>
     <t>Thierry</t>
   </si>
   <si>
-    <t>FRIPPIAT</t>
-[...1 lines deleted...]
-  <si>
     <t>Céline</t>
   </si>
   <si>
     <t>JACQUEMART</t>
   </si>
   <si>
     <t>Jean-Luc</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>ALA</t>
   </si>
   <si>
-    <t xml:space="preserve">ANDRE </t>
-[...1 lines deleted...]
-  <si>
     <t>Arnaud</t>
   </si>
   <si>
     <t>BUSIN</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>LAMBERT</t>
   </si>
   <si>
     <t>Jérémy</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>LEFEVRE</t>
   </si>
   <si>
     <t>QUATRESOOZ</t>
   </si>
   <si>
     <t>Olivier</t>
@@ -179,167 +172,137 @@
   <si>
     <t>marlair.thierry@scure.eu</t>
   </si>
   <si>
     <t>SITE WEB</t>
   </si>
   <si>
     <t>thierryala@skynet.be</t>
   </si>
   <si>
     <t>david.busin@gmail.com</t>
   </si>
   <si>
     <t>o.quatresooz@gmail.com</t>
   </si>
   <si>
     <t>BE 0834 958 578</t>
   </si>
   <si>
     <t>0498/22 00 38</t>
   </si>
   <si>
     <t xml:space="preserve">0494/60 27 87 </t>
   </si>
   <si>
-    <t>0498/17 58 14</t>
-[...1 lines deleted...]
-  <si>
     <t>0478/19 10 15</t>
   </si>
   <si>
     <t>0495/80 90 34</t>
   </si>
   <si>
     <t>0495/29 86 33</t>
   </si>
   <si>
     <t>BE 0716 748 242</t>
   </si>
   <si>
     <t>https://www.alterbois.be</t>
   </si>
   <si>
-    <t>BE 0545 894 323</t>
-[...1 lines deleted...]
-  <si>
     <t>Busin David</t>
   </si>
   <si>
     <t>BE 0830 705 426</t>
   </si>
   <si>
     <t>BE 0761 955 091</t>
   </si>
   <si>
     <t>sprl.jacquemart.jlg.co@gmail.com</t>
   </si>
   <si>
     <t>LECLERCQ</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Aurélie</t>
   </si>
   <si>
-    <t>arnaud.andre.peb@gmail.com</t>
-[...7 lines deleted...]
-  <si>
     <t>BE 0455 788 548</t>
   </si>
   <si>
     <t>0475/74 87 88</t>
   </si>
   <si>
-    <t>0478/41 77 69</t>
-[...1 lines deleted...]
-  <si>
     <t>0494/86 53 01</t>
   </si>
   <si>
-    <t>CFEnergimmo SC</t>
-[...4 lines deleted...]
-  <si>
     <t>BE 0726 701 531</t>
   </si>
   <si>
     <t>info@optibim.be</t>
   </si>
   <si>
     <t>BE 0567 619 947</t>
   </si>
   <si>
     <t>LU25762357</t>
   </si>
   <si>
     <t>0499/14 37 16</t>
   </si>
   <si>
     <t>KOWALCZYCK</t>
   </si>
   <si>
     <t>Teenconsulting SRL</t>
   </si>
   <si>
     <t xml:space="preserve">BE 0865 227 330 </t>
   </si>
   <si>
     <t>067/70 90 75</t>
   </si>
   <si>
     <t>0478/21 30 42</t>
   </si>
   <si>
     <t>EAU-A-2021-0001</t>
   </si>
   <si>
     <t>EAU-A-2021-0003</t>
   </si>
   <si>
-    <t>EAU-A-2021-0004</t>
-[...1 lines deleted...]
-  <si>
     <t>EAU-A-2021-0008</t>
   </si>
   <si>
     <t>EAU-A-2021-0011</t>
   </si>
   <si>
-    <t>EAU-A-2021-0012</t>
-[...1 lines deleted...]
-  <si>
     <t>EAU-A-2021-0014</t>
   </si>
   <si>
     <t>EAU-A-2021-0017</t>
   </si>
   <si>
     <t>EAU-A-2021-0018</t>
   </si>
   <si>
     <t>EAU-A-2021-0023</t>
   </si>
   <si>
     <t>EAU-A-2021-0024</t>
   </si>
   <si>
     <t>EAU-A-2021-0025</t>
   </si>
   <si>
     <t>EAU-A-2021-0026</t>
   </si>
   <si>
     <t>EAU-A-2021-0030</t>
   </si>
   <si>
     <t>EAU-A-2021-0035</t>
@@ -347,53 +310,50 @@
   <si>
     <t>BE 0848 508 983</t>
   </si>
   <si>
     <t>certibeau@polwilmet.be</t>
   </si>
   <si>
     <t>Bureau d'étude Codura</t>
   </si>
   <si>
     <t>contact@teenconsulting.be</t>
   </si>
   <si>
     <t>Pierre Lefevre</t>
   </si>
   <si>
     <t>BE 0757 305 526</t>
   </si>
   <si>
     <t>lefevre.dols@mac.com</t>
   </si>
   <si>
     <t>Strategic creative consult SRL</t>
   </si>
   <si>
-    <t>https://www.cfenergie.be</t>
-[...1 lines deleted...]
-  <si>
     <t>Alterbois</t>
   </si>
   <si>
     <t>Scure</t>
   </si>
   <si>
     <t>Optibim SRL</t>
   </si>
   <si>
     <t>JPWD SRL</t>
   </si>
   <si>
     <t>SPRL Jacquemart JLG &amp; co</t>
   </si>
   <si>
     <t>EAU-A-2021-0021</t>
   </si>
   <si>
     <t>JOSSE</t>
   </si>
   <si>
     <t>Stéphanie</t>
   </si>
   <si>
     <t>Econormes Energie &amp; Architecture sc sprl</t>
@@ -683,71 +643,50 @@
   <si>
     <t xml:space="preserve">0496/20 19 40 </t>
   </si>
   <si>
     <t>EAU-A-2021-0005</t>
   </si>
   <si>
     <t>BURNON</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>secretariat@energylux.eu</t>
   </si>
   <si>
     <t>Misko Ingénieurs Conseils</t>
   </si>
   <si>
     <t>BE 0538 547 859</t>
   </si>
   <si>
     <t>https://www.misko-ingenieurs.eu</t>
   </si>
   <si>
-    <t>EAU-A-2021-0038</t>
-[...19 lines deleted...]
-  <si>
     <t>EAU-A-2021-0041</t>
   </si>
   <si>
     <t>GOUDELOUF</t>
   </si>
   <si>
     <t>Noemie</t>
   </si>
   <si>
     <t>BEGS Architectes</t>
   </si>
   <si>
     <t>BE 0521 690 942</t>
   </si>
   <si>
     <t>noemie.goudelouf@skynet.be</t>
   </si>
   <si>
     <t>0476/72 27 40</t>
   </si>
   <si>
     <t>EAU-A-2021-0043</t>
   </si>
   <si>
     <t>HENNART</t>
@@ -1547,71 +1486,50 @@
   <si>
     <t>EAU-A-2021-0128</t>
   </si>
   <si>
     <t>LEYMARIE</t>
   </si>
   <si>
     <t>Leila</t>
   </si>
   <si>
     <t>Delta Architects SPRL</t>
   </si>
   <si>
     <t>BE 0430 957 043</t>
   </si>
   <si>
     <t>leila.leymarie@delta-architects.be</t>
   </si>
   <si>
     <t>https://www.delta-architects.be</t>
   </si>
   <si>
     <t>0478/31 12 57</t>
   </si>
   <si>
-    <t>EAU-A-2021-0130</t>
-[...19 lines deleted...]
-  <si>
     <t>EAU-A-2021-0131</t>
   </si>
   <si>
     <t>JEUNEHOMME</t>
   </si>
   <si>
     <t xml:space="preserve">Albert </t>
   </si>
   <si>
     <t>Albert Jeunehomme</t>
   </si>
   <si>
     <t>BE 0657 342 868</t>
   </si>
   <si>
     <t>albert_jeunehomme@hotmail.com</t>
   </si>
   <si>
     <t>0470/82 10 66</t>
   </si>
   <si>
     <t>https://www.hmsewer.be</t>
   </si>
   <si>
     <t>EAU-A-2021-0121</t>
@@ -3230,65 +3148,50 @@
   <si>
     <t>VANDEN BOSSCHE</t>
   </si>
   <si>
     <t>Diego</t>
   </si>
   <si>
     <t>SanErgTech</t>
   </si>
   <si>
     <t>BE 0843 355 018</t>
   </si>
   <si>
     <t>diegobernard@live.be</t>
   </si>
   <si>
     <t>https://www.sanergtech.be</t>
   </si>
   <si>
     <t>0471/84 83 78</t>
   </si>
   <si>
     <t>https://www.charles-lucas.com</t>
   </si>
   <si>
-    <t>EAU-A-2021-0217</t>
-[...13 lines deleted...]
-  <si>
     <t>EAU-A-2021-0227</t>
   </si>
   <si>
     <t xml:space="preserve">WILKIN </t>
   </si>
   <si>
     <t>stephanewilkin@hotmail.com</t>
   </si>
   <si>
     <t>0499/60 07 21</t>
   </si>
   <si>
     <t>EAU-A-2021-0230</t>
   </si>
   <si>
     <t>Hervé Roland</t>
   </si>
   <si>
     <t>BE 0775 717 809</t>
   </si>
   <si>
     <t>herveroland@hotmail.com</t>
   </si>
   <si>
     <t>0492/31 73 40</t>
@@ -3716,62 +3619,50 @@
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Enercetec ASBL</t>
   </si>
   <si>
     <t>BE 0724 701 846</t>
   </si>
   <si>
     <t>rfa@enercetec.be</t>
   </si>
   <si>
     <t>https://www.enercetec.be</t>
   </si>
   <si>
     <t>0455/11 79 61</t>
   </si>
   <si>
     <t>EAU-A-2021-0275</t>
   </si>
   <si>
     <t>MATHIEU</t>
   </si>
   <si>
-    <t>071/16 65 67</t>
-[...10 lines deleted...]
-  <si>
     <t>EAU-A-2021-0211</t>
   </si>
   <si>
     <t>HANNECART</t>
   </si>
   <si>
     <t>Camille</t>
   </si>
   <si>
     <t>Camille Hannecart Architecte SPRL</t>
   </si>
   <si>
     <t>BE 0695 765 954</t>
   </si>
   <si>
     <t>ch@camillehannecart.be</t>
   </si>
   <si>
     <t>https://www.camillehannecart.be</t>
   </si>
   <si>
     <t>0475/79 62 62</t>
   </si>
   <si>
     <t>EAU-A-2021-0246</t>
@@ -3959,53 +3850,50 @@
   <si>
     <t>LEVEQUE</t>
   </si>
   <si>
     <t>Jean-Marie</t>
   </si>
   <si>
     <t>Jean-Marie Levêque</t>
   </si>
   <si>
     <t xml:space="preserve">BE0765 213 796 </t>
   </si>
   <si>
     <t>levequejm@hotmail.com</t>
   </si>
   <si>
     <t>Giga Architectures</t>
   </si>
   <si>
     <t>Imhotep Engineering  SRL</t>
   </si>
   <si>
     <t>Certigreen SPRL</t>
   </si>
   <si>
-    <t>Act SPRL</t>
-[...1 lines deleted...]
-  <si>
     <t>VJ-Architecture SRL</t>
   </si>
   <si>
     <t>EAU-A-2021-0292</t>
   </si>
   <si>
     <t>EL BEJI</t>
   </si>
   <si>
     <t>Béchir</t>
   </si>
   <si>
     <t>Osmosis Architectes SRL</t>
   </si>
   <si>
     <t>BE 0841 986 130</t>
   </si>
   <si>
     <t>osmosisarchitectes@gmail.com</t>
   </si>
   <si>
     <t>0496/64 74 72</t>
   </si>
   <si>
     <t>EAU-A-2021-0295</t>
@@ -4025,65 +3913,53 @@
   <si>
     <t>EAU-A-2021-0284</t>
   </si>
   <si>
     <t>Cédric</t>
   </si>
   <si>
     <t>Ced Services SPRL</t>
   </si>
   <si>
     <t xml:space="preserve">BE 0830 530 430 </t>
   </si>
   <si>
     <t>info@cedservices.be</t>
   </si>
   <si>
     <t>0472/78 06 93</t>
   </si>
   <si>
     <t>EAU-A-2021-0231</t>
   </si>
   <si>
     <t>VICENZOT</t>
   </si>
   <si>
-    <t>BE 0777 675 229</t>
-[...7 lines deleted...]
-  <si>
     <t>0496/07 98 10</t>
   </si>
   <si>
-    <t>CertIBEau Consulting</t>
-[...1 lines deleted...]
-  <si>
     <t>0492/06 05 04</t>
   </si>
   <si>
     <t>EAU-A-2021-0259</t>
   </si>
   <si>
     <t>GREGOIRE</t>
   </si>
   <si>
     <t>Christel</t>
   </si>
   <si>
     <t>Watlab</t>
   </si>
   <si>
     <t>BE 0778 618 109</t>
   </si>
   <si>
     <t>cri19.gregoire@gmail.com</t>
   </si>
   <si>
     <t>0497/13 94 74</t>
   </si>
   <si>
     <t>EAU-A-2021-0278</t>
@@ -5102,59 +4978,50 @@
   <si>
     <t>bourguignonfabian@gmail.com</t>
   </si>
   <si>
     <t>https://www.bourguignonfabian.be</t>
   </si>
   <si>
     <t>0477/33 46 40</t>
   </si>
   <si>
     <t>EAU-A-2021-0379</t>
   </si>
   <si>
     <t xml:space="preserve">VAN DEN DAELE </t>
   </si>
   <si>
     <t>Alex</t>
   </si>
   <si>
     <t>BCB SPRL</t>
   </si>
   <si>
     <t>BE 0472 637 448</t>
   </si>
   <si>
-    <t>alex@bcb.be</t>
-[...7 lines deleted...]
-  <si>
     <t>EAU-A-2021-0381</t>
   </si>
   <si>
     <t>LECLERC</t>
   </si>
   <si>
     <t>Dorian</t>
   </si>
   <si>
     <t>A2 Conseils SPRL</t>
   </si>
   <si>
     <t>BE 0825 123 768</t>
   </si>
   <si>
     <t>dorianleclerc@hotmail.com</t>
   </si>
   <si>
     <t>0494/06 45 48</t>
   </si>
   <si>
     <t>EAU-A-2021-0384</t>
   </si>
   <si>
     <t>BOUJRAF</t>
@@ -5849,78 +5716,117 @@
   <si>
     <t>bero.architecture@gmail.com</t>
   </si>
   <si>
     <t>Lhomme SRL</t>
   </si>
   <si>
     <t>BE 0803 907 591</t>
   </si>
   <si>
     <t>certibeau@xpertplus.be</t>
   </si>
   <si>
     <t>info@pyrotech.be</t>
   </si>
   <si>
     <t>Cereco srl</t>
   </si>
   <si>
     <t>francois.v@cereco.be</t>
   </si>
   <si>
     <t>certificat.tm@gmail.com</t>
   </si>
   <si>
-    <t>laurent.samyn@proton.me</t>
-[...1 lines deleted...]
-  <si>
     <t>Benius SRL</t>
   </si>
   <si>
     <t>BE 1000 845 010</t>
   </si>
   <si>
     <t>info@benius.be</t>
   </si>
   <si>
     <t>https://www.benius.be</t>
   </si>
   <si>
     <t>Florent Debrabandere SRL</t>
   </si>
   <si>
     <t>BE 0764 433 244</t>
   </si>
   <si>
     <t>r.neve@atlascontrole.be</t>
   </si>
   <si>
     <t>MC Bati </t>
   </si>
   <si>
     <t>pro.mcbati@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.certibeau.online</t>
+  </si>
+  <si>
+    <t>EAU-A-2021-0019</t>
+  </si>
+  <si>
+    <t>STARCK</t>
+  </si>
+  <si>
+    <t>Christophe Starck</t>
+  </si>
+  <si>
+    <t>BE 0767 808 448</t>
+  </si>
+  <si>
+    <t>christophe.starck.cs@gmail.com</t>
+  </si>
+  <si>
+    <t>0497/54 67 17</t>
+  </si>
+  <si>
+    <t>C.S.V SRL</t>
+  </si>
+  <si>
+    <t>BE 0469 233 045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">csv7070@gmail.com </t>
+  </si>
+  <si>
+    <t>KPM SC</t>
+  </si>
+  <si>
+    <t>BE 1026 060 654</t>
+  </si>
+  <si>
+    <t>alex@kpmcertificatie.be</t>
+  </si>
+  <si>
+    <t>0469/43 71 16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -6237,51 +6143,51 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="150">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
@@ -6425,51 +6331,50 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="12" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="10" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="6" xfId="10" applyNumberFormat="1" applyBorder="1"/>
@@ -6513,86 +6418,95 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Lien hypertexte 3" xfId="10" xr:uid="{EF6663F5-BC6C-449A-80FF-E8EEFE01330B}"/>
     <cellStyle name="Lien hypertexte 5" xfId="12" xr:uid="{B4049F14-642F-43E4-86DD-8301B7EB76C0}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{CE6C7CF3-3902-48A5-91DE-266F03D85F8B}"/>
     <cellStyle name="Normal 2 2" xfId="7" xr:uid="{A56ECB55-8CEB-4799-BA48-995B212F8607}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{45AEFA79-271B-4A5C-9303-A8316E4C23AD}"/>
     <cellStyle name="Normal 3 2" xfId="8" xr:uid="{DD7B3D77-3A81-46AC-9521-84B77214DC0C}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{300DBA26-70BB-42D2-B697-2BB50A1C6059}"/>
     <cellStyle name="Normal 5" xfId="2" xr:uid="{98E7D0D9-646F-4A91-B1C4-290702576587}"/>
     <cellStyle name="Normal 6" xfId="6" xr:uid="{9F1EBB6F-F6D4-4322-BCD4-65AF93C6592F}"/>
     <cellStyle name="Normal 7" xfId="11" xr:uid="{8F331648-1773-4C54-AE69-3232E5220D13}"/>
     <cellStyle name="Normal 8" xfId="9" xr:uid="{274AAD5F-044B-453C-BD1E-784CB161C352}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6847,8489 +6761,8325 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonasmitz@gmail.com" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascal.pouillard@electro-test.be" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodolphe.ramez@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lw.architectes@gmail.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.quittelier@skynet.be" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thermconfort@gmail.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@capenergies.be" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domedeniro@hotmail.com" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charles@charles-lucas.com" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcroes@vincotte.be" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfcollard@ecobeltech.net" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katia.mot@homeco.be" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eco-site.be/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@moncertificatpeb.be" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geo191460@outlook.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.busin@gmail.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecture-lodomez.be/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregory.decock@gmail.com" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.debrabandere@hotmail.be" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bourguignonfabian.be/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent@peb-conseil.be" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moncertificatpeb.be/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsocquet.com/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flavio.gentile@forem.be" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabian.servadio@sergeco.be" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidmathieu1@hotmail.fr" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herve.barbeaux@a-lien.be" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elise.wavreille@dpe-bet.eu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvain.willaert@gmail.com" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolainno@gmail.com" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:denis.honders@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interfacesolutions.be/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stordeurtravaux.be/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matagne.julie@hotmail.fr" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christophe.jallet@a-lien.be" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard.gpservices@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soni-consult.be/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb@altea-energie.be" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent@certibeau.expert" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/tm-entreprise/accueil" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andriolo.certification@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liege@econormes.be" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@w-t.be" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pads.consult@gmail.com" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.deroubaix@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gilles.moulin@isoconseil.be" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.glaude@egenergy.eu" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfievez@skynet.be" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diegobernard@live.be" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sanifan.be" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcb.be/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homeco.be/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretariat@energylux.eu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raphael@rpi-consulting.be" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.certicoord.be/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peb-service.be/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alterbois.be/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpr.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvainpetit@skynet.be" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eda@altea-energie.be" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pro.mcbati@gmail.com" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aals.be/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@rjsolutions.be" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwbcb.be/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elie.delvigne@homeco.be" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deneil.coutisse@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ingeo.group" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fanny.gonzalezvargas@outlook.be" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonasmitz@gmail.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@vertikcal.be" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ameragis@gmail.com" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expertise-peb.be/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfenergie.be/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.marischal@atgi.be" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clement@delfossesprl.be" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:l.ros@almadius.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.batiexpert.be/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.deboel@hes.lu" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@wolfferts-architectes.be" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@batinergie.be" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.francus@gmail.com" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grella.maxime@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ap-architecte.be" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolaspeters@2b-o.com" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeremieboembeke@outlook.fr" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie.barrez@hotmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deacetis.kevin@gmail.com" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification@tratec.be" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geo-xs.be/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mtprevention.be/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fx.dehombreux@gmail.com" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@ecocerti.be" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marlair.thierry@scure.eu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.te3.be/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:auristelle.loneux@gmail.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecte-labar.be/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yaarchitecture.com/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vercruysse-aurelie@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.andre.peb@gmail.com" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art-2.be/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dlconsult.net" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ovalo.be/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.patrick@hotmail.com" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:calogero.agnello@hotmail.be" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draou@skynet.be" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ts-ec.be" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vj-architecture.be/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art-2.be/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mme@enercetec.be" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:as.gendre@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.optibim.be/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent.thiteux@genii.be" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastien.falmagne@belor.be" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nge@outlook.be" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@qub-archi.be" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elodie.chantinne@gmail.com" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@iths.be" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephdesign@me.com" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pierreberger.com/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hd_wood@yahoo.fr" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:energie@auditimmo.be" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aes.scsprl@gmail.com" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certiaction.be/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bobservice.be" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa@jouck.be" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danmania@voo.be" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renaudschuermans@hotmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@hmsewer.be" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdevillers@certigreen.be" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andy.jadoul@hotmail.be" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@green-label.be" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@proxipeb.be" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:snyersa@yahoo.fr" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.celsiushvac.be/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pbcertibeau@gmail.com" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@eco-site.be" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thierryala@skynet.be" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tech-in-red.be/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.almadius.com/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.genii.be/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincentlegrand10@gmail.com" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belor.be/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lambertsprl.be" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@teenconsulting.be" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gnerj.be/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jd.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:picardbenjamin1979@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecturechantinne.be/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jouck.be/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsewer.be/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@energie-immo-conseil.be" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lerooz.com/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dufour6@gmail.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurence.vandam@gmail.com" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cindy@cpc-consult.be" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bourguignonfabian@gmail.com" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netsarchitectes@gmail.com" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erinnachin.be/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.vcutsem@gmail.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hd-wood.be/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@tech-neo.be" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schonep@skynet.be" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architectemania.be/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vr.certibeau@outlook.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certigreen.be/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:centrepeb@gmail.com" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bobservice.be/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.electro-test.be/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carinefosse@yahoo.fr" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proxipeb.be/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etudepeb.be/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certificat-peb-moins-cher.com/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpr.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enercetec.be/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:projet@justyourhome.be" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@stordeurtravaux.be" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.leymarie@delta-architects.be" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admt_srl@hotmail.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t.julemont@eloywater.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.insalaco@skynet.be" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.machiels.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teenconsulting.be/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@certigeo.be" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.joris@beos.be" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lambertsprl.be/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lambertarchi@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@interfacesolutions.be" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dk.peb@outlook.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:betudeslemaitre@gmail.com" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascallenoir@msn.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eh@technitherm.net" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:araucatech@gmail.com" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerome.emaer@sofistes.be" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurasimon68@gmail.com" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierlot.archi@gmail.com" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bero.architecture@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:albert_jeunehomme@hotmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energie-immo-conseil/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:levequejm@hotmail.com" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:selmane.dakir@belgotest.be" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:celinerandaxhe@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bureau2e.be/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.als-sprl.be/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@colaura.be" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard-philippe.galer@electro-test.be" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certigeo.be/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emilie@giga-architectures.be" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@chauffagepeb.be" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephane.martin.certibeau@hotmail.com" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.capenergies.be/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.terre-eau.be/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justyourhome.be/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbruyere@misko-ingenieurs.eu" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciane.wertz@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certificat-peb.ovh/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@hmsewer.be" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enercetec.be/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eloywater.com/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@soniconsult.be" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liege@econormes.be" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bureauamv.be" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancy.cnockaert@lcts.be" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beos.be/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfy@technical-solution.be" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energylux.eu/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dv.arch.e@gmail.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germain@koeune.net" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.foguenne@gmail.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hes.lu/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@otero-expertises.be" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acbd.be/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoit.tournay@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau1@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-architects.be/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robin.crasset@gmail.com" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.technitherm.net/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:water.construct.expertise@gmail.com" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:expert@xpertplus.be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa@alterbois.be" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osmosisarchitectes@gmail.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belgotest.be/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alain.lhomme@outlook.be" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colaura.be/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e;ectro-test.be/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.benius.be/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.giga-architectures.be/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chauffagepeb.be/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sofistes.be/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@terre-eau.be" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.misko-ingenieurs.eu/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ch@camillehannecart.be" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econormes.be/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.devlieger@hotmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.bouquelle@hotmail.be" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsewer.be/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@adbarchitecture.be" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parada.bureau@gmail.com" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereco.be/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@soluxing.eu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@kauffman.be" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.charles-lucas.com/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geoffrey_delferriere@hotmail.com" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mac-concept@hotmail.com" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.technical-solution.be/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.controleco.be/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talbotfabian@gmail.com" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.otero-expertises.be/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moncertibeau.com/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simon.schouben@energylux.eu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:energie@daniel-creutz.be" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgoffard@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:didierbomal@yahoo.fr" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpierre@adomaenergie.eu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nath.deltenre@gmail.com" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eloy.justine@gmail.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herveroland@hotmail.com" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bureau2e.be" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereco.be/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sprl.jacquemart.jlg.co@gmail.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adbarchitecture.be/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nf.osmosis@gmail.com" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.copmans@gmail.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:softarch.be@gmail.com" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vsposato@voo.be" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@benius.be" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:d.dethiercs@outlook.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henneaux.danyel@skynet.be" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lambertpeb.be/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blasejean@gmail.com" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcd-design@proximus.be" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxime@cereco.be" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soluxing.eu/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kauffman.be/FR/certibeau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pebcerti.com/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.s.a@gmail.com" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.dutailly@hmsocquet.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@polwilmet.be" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daniel-creutz.be/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adomaenergie.eu/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xaviervdh@me.com" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julie.delorge@gmail.com" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francois.v@cereco.be" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audrey.deganseman@gmail.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archi.nani@skynet.be" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cedservices.be" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.softarch.be/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energie-wallonie.be/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwarchitecte.be/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:a.warnier@protonmail.com" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archi.patrick.dubois@gmail.com" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:am@bmarchitectes.be" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:refstm@hotmail.com" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:berlemont.antonin@gmail.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vincotte.be/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecobeltech.com/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xaviervoisin.be/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alex@bcb.be" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@gnerj.be" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecte-fievez-act.be/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lefevre.dols@mac.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wallopeb.remi@gmail.com" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rudy.delmal@gmail.com" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.neve@atlascontrole.be" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.quatresooz@gmail.com" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fred.raes.pro@gmail.com" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.fanielle@gmail.com" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bruno@bcb.be" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pironet.benjamin@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peb-conseil.be/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-lien.be/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nhaug@bpeb.be" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.nollevaux@be-gnc.be" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bureaudetudesgn.be/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nacola-izzo.business.site/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap@aals.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cfenergie.be" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ingeo.group/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philippe.defever@gmail.com" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rnaratelier@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpservices.be/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@batiexpert.be" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w.t.be/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoit.grandjean@skynet.be" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.altea-energie.be/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cri19.gregoire@gmail.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.simon@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econormes.be/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isoconseil.be/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energy.eu/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelvoisin77@gmail.com" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurent.mahiat@gmail.com" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sanergtech.be/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sanifan.be/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.certibhugo.be/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtprevention08@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energylux.eu/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t.e3@outlook.be" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.dinunzio@gmail.com" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dorianleclerc@hotmail.com" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanewilkin@hotmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.polwilmet.be/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:architecte.labar@skynet.be" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ym.ya.architecture@gmail.com" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.altea-energie.be/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ovalo.be" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homeco.be/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rjsolutions.be/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.petitjean@gmail.com" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoitvd@hotmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-lien.be/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julien@vj-architecture.be" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.f.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vertikcal/be" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ameragis.be/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfa@enercetec.be" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.batinergie.be/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@optibim.be" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atgi.be/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@doneux-huy.be" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwingenierie-securite.be/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:art.chauffage@hotmail.be" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hes.lu/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wolfferts-architectes.be/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simonhigny@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauranzalone@hotmail.com" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@amirode.be" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@certiaction.be" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.dubois@hotmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bmarchitectes.be/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kda-energy.com/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dgraver@celsiushvac.be" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:serge@bastin.biz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.camillehannecart.be/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kalbuschsam@gmail.com" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pyrotech.be/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecocerti.be/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chantal@constructservices.be" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurelien.deconinck@hotmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inys.be/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.delhez@hotmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julien.bongartz@hotmail.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie@cometepeb.be" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.goudelouf@skynet.be" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erinna.chin@outlook.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hes.lu/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa@jouck.be" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econormes.be/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolaspeters@2b-o.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wolfferts-architectes.be/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eloy.justine@gmail.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rudy.delmal@gmail.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dgraver@celsiushvac.be" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:selmane.dakir@belgotest.be" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@colaura.be" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energylux.eu/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurelien.deconinck@hotmail.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kda-energy.com/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcd-design@proximus.be" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.nollevaux@be-gnc.be" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.busin@gmail.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie@cometepeb.be" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancy.cnockaert@lcts.be" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.dutailly@hmsocquet.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draou@skynet.be" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.delhez@hotmail.com" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.electro-test.be/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xaviervdh@me.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julie.delorge@gmail.com" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.benius.be/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julien.bongartz@hotmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:snyersa@yahoo.fr" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enercetec.be/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:levequejm@hotmail.com" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alain.lhomme@outlook.be" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@optibim.be" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdevillers@certigreen.be" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archi.patrick.dubois@gmail.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurent.mahiat@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@qub-archi.be" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:auristelle.loneux@gmail.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dufour6@gmail.com" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.charles-lucas.com/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mac-concept@hotmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauranzalone@hotmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecturechantinne.be/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vsposato@voo.be" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@gnerj.be" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@hmsewer.be" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etudepeb.be/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.certibhugo.be/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpr.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.copmans@gmail.com" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.fanielle@gmail.com" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pironet.benjamin@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gnerj.be/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proxipeb.be/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:betudeslemaitre@gmail.com" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.altea-energie.be/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alterbois.be/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.technitherm.net/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pebcerti.com/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.debrabandere@hotmail.be" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.softarch.be/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@terre-eau.be" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rnaratelier@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vr.certibeau@outlook.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energie-immo-conseil/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emilie@giga-architectures.be" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoit.grandjean@skynet.be" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephane.martin.certibeau@hotmail.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.almadius.com/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nf.osmosis@gmail.com" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vincotte.be/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@teenconsulting.be" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carinefosse@yahoo.fr" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelvoisin77@gmail.com" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simonhigny@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:picardbenjamin1979@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germain@koeune.net" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hes.lu/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:berlemont.antonin@gmail.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kalbuschsam@gmail.com" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fred.raes.pro@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architectemania.be/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:albert_jeunehomme@hotmail.com" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dorianleclerc@hotmail.com" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanewilkin@hotmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chauffagepeb.be/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@adbarchitecture.be" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erinna.chin@outlook.fr" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap@aals.be" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certigeo.be/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rjsolutions.be/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoitvd@hotmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsewer.be/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.controleco.be/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpierre@adomaenergie.eu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soluxing.eu/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfa@enercetec.be" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moncertibeau.com/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cri19.gregoire@gmail.com" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pro.mcbati@gmail.com" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philippe.defever@gmail.com" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flavio.gentile@forem.be" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwingenierie-securite.be/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau1@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:didierbomal@yahoo.fr" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonasmitz@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.quittelier@skynet.be" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netsarchitectes@gmail.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eloywater.com/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liege@econormes.be" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sanifan.be/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aals.be/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.simon@gmail.com" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.patrick@hotmail.com" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.dubois@hotmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.devlieger@hotmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.bouquelle@hotmail.be" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lambertpeb.be/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.s.a@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eco-site.be/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adomaenergie.eu/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:serge@bastin.biz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audrey.deganseman@gmail.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domedeniro@hotmail.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvain.willaert@gmail.com" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thierryala@skynet.be" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admt_srl@hotmail.com" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certibeau.online/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@batinergie.be" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtprevention08@gmail.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expertise-peb.be/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecocerti.be/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bruno@bcb.be" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nge@outlook.be" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energylux.eu/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:energie@daniel-creutz.be" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgoffard@gmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:a.warnier@protonmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moncertificatpeb.be/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@iths.be" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herve.barbeaux@a-lien.be" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archi.nani@skynet.be" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecture-lodomez.be/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@kauffman.be" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.goudelouf@skynet.be" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierlot.archi@gmail.com" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bero.architecture@gmail.com" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ameragis@gmail.com" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grella.maxime@gmail.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ovalo.be" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeremieboembeke@outlook.fr" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bobservice.be" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econormes.be/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henneaux.danyel@skynet.be" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lw.architectes@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stordeurtravaux.be/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xaviervoisin.be/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@green-label.be" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katia.mot@homeco.be" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soni-consult.be/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elise.wavreille@dpe-bet.eu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:refstm@hotmail.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bureaudetudesgn.be/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@eco-site.be" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.leymarie@delta-architects.be" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@soniconsult.be" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurence.vandam@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.vcutsem@gmail.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.batinergie.be/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mtprevention.be/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@doneux-huy.be" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simon.schouben@energylux.eu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daniel-creutz.be/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@w-t.be" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lambertsprl.be" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwbcb.be/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jouck.be/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwarchitecte.be/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-lien.be/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lefevre.dols@mac.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb@altea-energie.be" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wallopeb.remi@gmail.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kauffman.be/FR/certibeau" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cindy@cpc-consult.be" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bourguignonfabian@gmail.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:water.construct.expertise@gmail.com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:expert@xpertplus.be" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ameragis.be/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@amirode.be" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ovalo.be/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodolphe.ramez@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent@peb-conseil.be" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@certiaction.be" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bobservice.be/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard.gpservices@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ingeo.group/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.glaude@egenergy.eu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nhaug@bpeb.be" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diegobernard@live.be" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@vertikcal.be" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:projet@justyourhome.be" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@stordeurtravaux.be" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciane.wertz@gmail.com" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereco.be/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alex@kpmcertificatie.be" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raphael@rpi-consulting.be" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@batiexpert.be" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent.thiteux@genii.be" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pyrotech.be/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:celinerandaxhe@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfcollard@ecobeltech.net" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastien.falmagne@belor.be" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lambertsprl.be/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.petitjean@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peb-conseil.be/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w.t.be/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.certicoord.be/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.altea-energie.be/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpr.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:araucatech@gmail.com" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerome.emaer@sofistes.be" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurasimon68@gmail.com" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bureau2e.be" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gilles.moulin@isoconseil.be" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deneil.coutisse@gmail.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolainno@gmail.com" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art-2.be/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereco.be/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energie-wallonie.be/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:energie@auditimmo.be" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aes.scsprl@gmail.com" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certiaction.be/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard-philippe.galer@electro-test.be" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecobeltech.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ingeo.group" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energy.eu/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonasmitz@gmail.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sanergtech.be/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justyourhome.be/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbruyere@misko-ingenieurs.eu" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parada.bureau@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpservices.be/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t.e3@outlook.be" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.batiexpert.be/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vertikcal/be" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxime@cereco.be" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa@alterbois.be" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.genii.be/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincentlegrand10@gmail.com" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belor.be/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfy@technical-solution.be" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:calogero.agnello@hotmail.be" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.deboel@hes.lu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:architecte.labar@skynet.be" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@wolfferts-architectes.be" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@otero-expertises.be" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acbd.be/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoit.tournay@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liege@econormes.be" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elie.delvigne@homeco.be" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isoconseil.be/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-lien.be/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ym.ya.architecture@gmail.com" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geo191460@outlook.com" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francois.v@cereco.be" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:as.gendre@gmail.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hd_wood@yahoo.fr" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@tech-neo.be" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schonep@skynet.be" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:centrepeb@gmail.com" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e;ectro-test.be/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julien@vj-architecture.be" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deacetis.kevin@gmail.com" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.misko-ingenieurs.eu/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@polwilmet.be" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretariat@energylux.eu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.marischal@atgi.be" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.te3.be/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:art.chauffage@hotmail.be" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.f.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification@tratec.be" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ch@camillehannecart.be" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@capenergies.be" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidmathieu1@hotmail.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sprl.jacquemart.jlg.co@gmail.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yaarchitecture.com/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.insalaco@skynet.be" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.machiels.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.joris@beos.be" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.technical-solution.be/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.otero-expertises.be/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homeco.be/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ts-ec.be" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecte-labar.be/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herveroland@hotmail.com" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/tm-entreprise/accueil" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pbcertibeau@gmail.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hd-wood.be/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.als-sprl.be/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vj-architecture.be/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascal.pouillard@electro-test.be" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interfacesolutions.be/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atgi.be/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art-2.be/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thermconfort@gmail.com" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:am@bmarchitectes.be" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.dinunzio@gmail.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephdesign@me.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bureauamv.be" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beos.be/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ap-architecte.be" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bmarchitectes.be/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elodie.chantinne@gmail.com" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@moncertificatpeb.be" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peb-service.be/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.celsiushvac.be/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belgotest.be/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colaura.be/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chantal@constructservices.be" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andy.jadoul@hotmail.be" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsocquet.com/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabian.servadio@sergeco.be" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@proxipeb.be" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lerooz.com/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eh@technitherm.net" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eda@altea-energie.be" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.quatresooz@gmail.com" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geoffrey_delferriere@hotmail.com" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.terre-eau.be/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matagne.julie@hotmail.fr" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christophe.jallet@a-lien.be" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renaudschuermans@hotmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@energie-immo-conseil.be" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certificat-peb-moins-cher.com/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@benius.be" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.camillehannecart.be/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osmosisarchitectes@gmail.com" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:softarch.be@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.optibim.be/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certigreen.be/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcroes@vincotte.be" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.deroubaix@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jd.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inys.be/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dk.peb@outlook.com" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.francus@gmail.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascallenoir@msn.com" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charles@charles-lucas.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bourguignonfabian.be/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danmania@voo.be" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsewer.be/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@chauffagepeb.be" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homeco.be/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geo-xs.be/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.capenergies.be/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregory.decock@gmail.com" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dlconsult.net" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:denis.honders@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@certigeo.be" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@hmsewer.be" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dv.arch.e@gmail.com" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@rjsolutions.be" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fanny.gonzalezvargas@outlook.be" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.polwilmet.be/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.foguenne@gmail.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@soluxing.eu" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.neve@atlascontrole.be" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andriolo.certification@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lambertarchi@gmail.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:d.dethiercs@outlook.com" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clement@delfossesprl.be" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:l.ros@almadius.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robin.crasset@gmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.giga-architectures.be/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sofistes.be/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t.julemont@eloywater.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cedservices.be" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pierreberger.com/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sanifan.be" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teenconsulting.be/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certificat-peb.ovh/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pads.consult@gmail.com" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie.barrez@hotmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@interfacesolutions.be" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talbotfabian@gmail.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nath.deltenre@gmail.com" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tech-in-red.be/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bureau2e.be/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvainpetit@skynet.be" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@ecocerti.be" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marlair.thierry@scure.eu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-architects.be/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blasejean@gmail.com" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adbarchitecture.be/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vercruysse-aurelie@hotmail.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nacola-izzo.business.site/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erinnachin.be/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{513A2FB7-FD1E-41CC-9037-10BACF6FDB26}">
-  <dimension ref="A1:J300"/>
+  <dimension ref="A1:J294"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A148" workbookViewId="0">
-      <selection activeCell="E159" sqref="E159"/>
+    <sheetView tabSelected="1" topLeftCell="A275" workbookViewId="0">
+      <selection activeCell="B281" sqref="B281"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17.109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.6640625" customWidth="1"/>
     <col min="6" max="6" width="14.44140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="25.44140625" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="25" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C1" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="B1" s="18" t="s">
+      <c r="D1" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="C1" s="17" t="s">
+      <c r="E1" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="D1" s="18" t="s">
+      <c r="F1" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="E1" s="19" t="s">
+      <c r="G1" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H1" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="I1" s="18" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="83">
         <v>1020</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>1921</v>
+        <v>1877</v>
       </c>
       <c r="C2" s="39" t="s">
-        <v>1922</v>
+        <v>1878</v>
       </c>
       <c r="D2" s="24" t="s">
-        <v>625</v>
+        <v>598</v>
       </c>
       <c r="E2" s="13" t="s">
-        <v>1923</v>
-[...2 lines deleted...]
-        <v>1924</v>
+        <v>1879</v>
+      </c>
+      <c r="F2" s="137" t="s">
+        <v>1880</v>
       </c>
       <c r="G2" s="33" t="s">
-        <v>1944</v>
+        <v>1899</v>
       </c>
       <c r="H2" s="26"/>
       <c r="I2" s="24"/>
     </row>
     <row r="3" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3">
         <v>1200</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>331</v>
+        <v>311</v>
       </c>
       <c r="C3" s="22" t="s">
-        <v>332</v>
+        <v>312</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>333</v>
+        <v>313</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>334</v>
+        <v>314</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="G3" s="37" t="s">
-        <v>336</v>
+        <v>316</v>
       </c>
       <c r="H3" s="43"/>
       <c r="I3" s="1" t="s">
-        <v>337</v>
+        <v>317</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="3">
         <v>1310</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>856</v>
+        <v>829</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>857</v>
+        <v>830</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>858</v>
+        <v>831</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>904</v>
+        <v>877</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>859</v>
+        <v>832</v>
       </c>
       <c r="G4" s="21" t="s">
-        <v>860</v>
+        <v>833</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1" t="s">
-        <v>861</v>
+        <v>834</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="3">
         <v>1340</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>683</v>
+        <v>656</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>684</v>
+        <v>657</v>
       </c>
       <c r="G5" s="52" t="s">
-        <v>685</v>
+        <v>658</v>
       </c>
       <c r="H5" s="41" t="s">
-        <v>343</v>
+        <v>323</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="3">
         <v>1360</v>
       </c>
       <c r="B6" s="22" t="s">
-        <v>1406</v>
+        <v>1365</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>1407</v>
+        <v>1366</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>632</v>
+        <v>605</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>1408</v>
+        <v>1367</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>1409</v>
+        <v>1368</v>
       </c>
       <c r="G6" s="21" t="s">
-        <v>1410</v>
+        <v>1369</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>1411</v>
+        <v>1370</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>1412</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="3">
         <v>1370</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>179</v>
+        <v>166</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>182</v>
+        <v>169</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>170</v>
+      </c>
+      <c r="G7" s="116" t="s">
+        <v>171</v>
       </c>
       <c r="H7" s="26" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="3">
         <v>1370</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>908</v>
+        <v>881</v>
       </c>
       <c r="C8" s="22" t="s">
-        <v>909</v>
+        <v>882</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>910</v>
+        <v>883</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>911</v>
+        <v>884</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>912</v>
+        <v>885</v>
       </c>
       <c r="G8" s="37" t="s">
-        <v>913</v>
+        <v>886</v>
       </c>
       <c r="H8" s="21" t="s">
-        <v>914</v>
+        <v>887</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>915</v>
+        <v>888</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="43">
         <v>1370</v>
       </c>
       <c r="B9" s="22" t="s">
-        <v>1608</v>
+        <v>1567</v>
       </c>
       <c r="C9" s="58" t="s">
-        <v>1609</v>
+        <v>1568</v>
       </c>
       <c r="D9" s="58" t="s">
-        <v>1610</v>
+        <v>1569</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>1611</v>
+        <v>1570</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>1612</v>
+        <v>1571</v>
       </c>
       <c r="G9" s="69" t="s">
-        <v>1613</v>
+        <v>1572</v>
       </c>
       <c r="H9" s="21" t="s">
-        <v>1614</v>
+        <v>1573</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>1615</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="3">
         <v>1380</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>363</v>
+        <v>343</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>364</v>
+        <v>344</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>365</v>
+        <v>345</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>1773</v>
+        <v>1729</v>
       </c>
       <c r="F10" s="13" t="s">
-        <v>1774</v>
+        <v>1730</v>
       </c>
       <c r="G10" s="21" t="s">
-        <v>1822</v>
-[...1 lines deleted...]
-      <c r="H10" s="9"/>
+        <v>1778</v>
+      </c>
+      <c r="H10" s="21" t="s">
+        <v>1902</v>
+      </c>
       <c r="I10" s="9" t="s">
-        <v>366</v>
+        <v>346</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="3">
         <v>1380</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>650</v>
+        <v>623</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>651</v>
+        <v>624</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>652</v>
+        <v>625</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>1877</v>
+        <v>1833</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>1865</v>
+        <v>1821</v>
       </c>
       <c r="G11" s="50" t="s">
-        <v>653</v>
+        <v>626</v>
       </c>
       <c r="H11" s="26" t="s">
-        <v>654</v>
+        <v>627</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>655</v>
+        <v>628</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="12">
         <v>1390</v>
       </c>
-      <c r="B12" s="1" t="s">
-        <v>308</v>
+      <c r="B12" s="24" t="s">
+        <v>288</v>
       </c>
       <c r="C12" t="s">
-        <v>309</v>
+        <v>289</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>1775</v>
+        <v>1731</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>1776</v>
-[...2 lines deleted...]
-        <v>1777</v>
+        <v>1732</v>
+      </c>
+      <c r="G12" s="78" t="s">
+        <v>1733</v>
       </c>
       <c r="H12" s="25" t="s">
-        <v>1778</v>
+        <v>1734</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>1779</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="3">
         <v>1390</v>
       </c>
-      <c r="B13" s="47" t="s">
-[...9 lines deleted...]
-        <v>1157</v>
+      <c r="B13" s="22" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>1316</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>1158</v>
+        <v>1317</v>
       </c>
       <c r="G13" s="37" t="s">
-        <v>1159</v>
-[...1 lines deleted...]
-      <c r="H13" s="1"/>
+        <v>1318</v>
+      </c>
+      <c r="H13" s="21" t="s">
+        <v>1319</v>
+      </c>
       <c r="I13" s="1" t="s">
-        <v>1160</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="12">
-[...24 lines deleted...]
-        <v>1361</v>
+      <c r="A14" s="3">
+        <v>1400</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="G14" s="116" t="s">
+        <v>179</v>
+      </c>
+      <c r="H14" s="26"/>
+      <c r="I14" s="1" t="s">
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="3">
-        <v>1400</v>
+      <c r="A15" s="12">
+        <v>1410</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>187</v>
-[...18 lines deleted...]
-        <v>193</v>
+        <v>1708</v>
+      </c>
+      <c r="C15" s="113" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D15" s="105" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="G15" s="25" t="s">
+        <v>1713</v>
+      </c>
+      <c r="H15" s="25" t="s">
+        <v>1714</v>
+      </c>
+      <c r="I15" s="9" t="s">
+        <v>1715</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="12">
-        <v>1410</v>
+      <c r="A16" s="3">
+        <v>1420</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>1752</v>
-[...20 lines deleted...]
-        <v>1759</v>
+        <v>103</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G16" s="28" t="s">
+        <v>108</v>
+      </c>
+      <c r="H16" s="22"/>
+      <c r="I16" s="1" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="3">
         <v>1420</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>116</v>
-[...8 lines deleted...]
-        <v>119</v>
+        <v>659</v>
+      </c>
+      <c r="C17" s="22" t="s">
+        <v>660</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>661</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="H17" s="22"/>
+        <v>662</v>
+      </c>
+      <c r="G17" s="54" t="s">
+        <v>663</v>
+      </c>
+      <c r="H17" s="1"/>
       <c r="I17" s="1" t="s">
-        <v>122</v>
+        <v>664</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="3">
-        <v>1420</v>
+      <c r="A18" s="43">
+        <v>1440</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>686</v>
-[...16 lines deleted...]
-      <c r="H18" s="1"/>
+        <v>1780</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H18" s="44" t="s">
+        <v>1786</v>
+      </c>
       <c r="I18" s="1" t="s">
-        <v>691</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="43">
-        <v>1440</v>
+      <c r="A19" s="3">
+        <v>1457</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>1824</v>
+        <v>78</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>1825</v>
+        <v>22</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>1826</v>
+        <v>4</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>1827</v>
-[...9 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="F19" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" s="52" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19" s="22"/>
       <c r="I19" s="1" t="s">
-        <v>1831</v>
+        <v>331</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="3">
         <v>1457</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>90</v>
-[...16 lines deleted...]
-      <c r="H20" s="22"/>
+        <v>332</v>
+      </c>
+      <c r="C20" s="22" t="s">
+        <v>333</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="G20" s="41" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H20" s="1"/>
       <c r="I20" s="1" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="3">
-        <v>1457</v>
+        <v>1472</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>352</v>
-[...16 lines deleted...]
-      <c r="H21" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H21" s="44" t="s">
+        <v>322</v>
+      </c>
       <c r="I21" s="1" t="s">
-        <v>357</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="3">
-        <v>1472</v>
+        <v>4000</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>88</v>
-[...7 lines deleted...]
-      <c r="E22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="H22" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>102</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="3">
         <v>4000</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>110</v>
-[...17 lines deleted...]
-        <v>115</v>
+        <v>125</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="G23" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" s="45" t="s">
+        <v>321</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="3">
         <v>4000</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>139</v>
-[...5 lines deleted...]
-        <v>113</v>
+        <v>9</v>
+      </c>
+      <c r="E24" s="13" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>1846</v>
       </c>
       <c r="G24" s="16" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="H24" s="22"/>
       <c r="I24" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="3">
+      <c r="A25" s="82">
         <v>4000</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B25" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="G25" s="51" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H25" s="5"/>
+      <c r="I25" s="1"/>
     </row>
     <row r="26" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="82">
+      <c r="A26" s="71">
         <v>4000</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...18 lines deleted...]
-      <c r="I26" s="1"/>
+      <c r="B26" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C26" s="72" t="s">
+        <v>717</v>
+      </c>
+      <c r="D26" s="73" t="s">
+        <v>718</v>
+      </c>
+      <c r="E26" s="74" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F26" s="77" t="s">
+        <v>719</v>
+      </c>
+      <c r="G26" s="65" t="s">
+        <v>720</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>734</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>721</v>
+      </c>
     </row>
     <row r="27" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A27" s="71">
+      <c r="A27" s="61">
         <v>4000</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="B27" s="24" t="s">
+        <v>739</v>
+      </c>
+      <c r="C27" s="62" t="s">
+        <v>740</v>
+      </c>
+      <c r="D27" s="63" t="s">
+        <v>370</v>
+      </c>
+      <c r="E27" s="64" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F27" s="63" t="s">
+        <v>741</v>
+      </c>
+      <c r="G27" s="89" t="s">
+        <v>742</v>
+      </c>
+      <c r="H27" s="24"/>
+      <c r="I27" s="24" t="s">
         <v>743</v>
       </c>
-      <c r="C27" s="72" t="s">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="28" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A28" s="61">
+      <c r="A28" s="3">
         <v>4000</v>
       </c>
-      <c r="B28" s="24" t="s">
-[...19 lines deleted...]
-        <v>770</v>
+      <c r="B28" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C28" s="72" t="s">
+        <v>932</v>
+      </c>
+      <c r="D28" s="73" t="s">
+        <v>933</v>
+      </c>
+      <c r="E28" s="74" t="s">
+        <v>934</v>
+      </c>
+      <c r="F28" s="73" t="s">
+        <v>935</v>
+      </c>
+      <c r="G28" s="30" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>936</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="3">
+      <c r="A29" s="71">
         <v>4000</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>958</v>
+        <v>739</v>
       </c>
       <c r="C29" s="72" t="s">
-        <v>959</v>
+        <v>740</v>
       </c>
       <c r="D29" s="73" t="s">
-        <v>960</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>370</v>
+      </c>
+      <c r="E29" s="64" t="s">
+        <v>1269</v>
       </c>
       <c r="F29" s="73" t="s">
-        <v>962</v>
-[...1 lines deleted...]
-      <c r="G29" s="30" t="s">
+        <v>741</v>
+      </c>
+      <c r="G29" s="90" t="s">
+        <v>742</v>
+      </c>
+      <c r="H29" s="1"/>
+      <c r="I29" s="1" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="85">
+        <v>4000</v>
+      </c>
+      <c r="B30" s="24" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C30" s="86" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D30" s="75" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E30" s="24" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="G30" s="66" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H30" s="25" t="s">
+        <v>1108</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="3">
+        <v>4000</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C31" s="58" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D31" s="58" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>1508</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="G31" s="37" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H31" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="110">
+        <v>4000</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C32" s="113" t="s">
         <v>1398</v>
       </c>
-      <c r="H29" s="7" t="s">
-[...88 lines deleted...]
-        <v>1553</v>
+      <c r="D32" s="105" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F32" s="9" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G32" s="30" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H32" s="9"/>
+      <c r="I32" s="9" t="s">
+        <v>1599</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="111">
-        <v>4000</v>
+      <c r="A33" s="43">
+        <v>4031</v>
       </c>
       <c r="B33" s="22" t="s">
-        <v>1636</v>
-[...18 lines deleted...]
-        <v>1640</v>
+        <v>1411</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D33" s="22" t="s">
+        <v>411</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G33" s="52" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H33" s="26" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>1417</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="43">
-[...3 lines deleted...]
-        <v>1452</v>
+      <c r="A34" s="3">
+        <v>4040</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>1453</v>
-[...2 lines deleted...]
-        <v>431</v>
+        <v>15</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>1454</v>
-[...2 lines deleted...]
-        <v>1455</v>
+        <v>87</v>
+      </c>
+      <c r="F34" s="11" t="s">
+        <v>88</v>
       </c>
       <c r="G34" s="52" t="s">
-        <v>1456</v>
-[...5 lines deleted...]
-        <v>1458</v>
+        <v>89</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>880</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="3">
-[...5 lines deleted...]
-      <c r="C35" s="1" t="s">
+      <c r="A35" s="29">
+        <v>4050</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="C35" s="24" t="s">
+        <v>384</v>
+      </c>
+      <c r="D35" s="24" t="s">
+        <v>385</v>
+      </c>
+      <c r="E35" s="24" t="s">
+        <v>386</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="G35" s="28" t="s">
+        <v>388</v>
+      </c>
+      <c r="H35" s="26"/>
+      <c r="I35" s="1" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="3">
+        <v>4051</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G36" s="134" t="s">
+        <v>151</v>
+      </c>
+      <c r="H36" s="26" t="s">
+        <v>152</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="71">
+        <v>4052</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>735</v>
+      </c>
+      <c r="C37" s="72" t="s">
+        <v>736</v>
+      </c>
+      <c r="D37" s="73" t="s">
+        <v>737</v>
+      </c>
+      <c r="E37" s="74" t="s">
+        <v>892</v>
+      </c>
+      <c r="F37" s="77" t="s">
+        <v>738</v>
+      </c>
+      <c r="G37" s="65" t="s">
+        <v>893</v>
+      </c>
+      <c r="H37" s="21" t="s">
+        <v>894</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="2">
+        <v>4053</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="C38" s="24" t="s">
+        <v>349</v>
+      </c>
+      <c r="D38" s="24" t="s">
+        <v>350</v>
+      </c>
+      <c r="E38" s="22" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="G38" s="37" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H38" s="26"/>
+      <c r="I38" s="1" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="3">
+        <v>4100</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C39" s="39" t="s">
+        <v>300</v>
+      </c>
+      <c r="D39" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="E39" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="F39" s="24" t="s">
+        <v>302</v>
+      </c>
+      <c r="G39" s="108" t="s">
+        <v>303</v>
+      </c>
+      <c r="H39" s="26"/>
+      <c r="I39" s="5" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="29">
+        <v>4100</v>
+      </c>
+      <c r="B40" s="9" t="s">
+        <v>681</v>
+      </c>
+      <c r="C40" s="58" t="s">
+        <v>682</v>
+      </c>
+      <c r="D40" s="59" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="G40" s="52" t="s">
+        <v>685</v>
+      </c>
+      <c r="H40" s="27" t="s">
+        <v>686</v>
+      </c>
+      <c r="I40" s="31" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="125">
+        <v>4100</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="C41" s="123" t="s">
+        <v>728</v>
+      </c>
+      <c r="D41" s="60" t="s">
+        <v>729</v>
+      </c>
+      <c r="E41" s="124" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F41" s="75" t="s">
+        <v>730</v>
+      </c>
+      <c r="G41" s="66" t="s">
+        <v>731</v>
+      </c>
+      <c r="H41" s="21" t="s">
+        <v>732</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="3">
+        <v>4120</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C42" s="22" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D35" s="4" t="s">
-[...210 lines deleted...]
-      </c>
+      <c r="E42" s="13" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="G42" s="52" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H42" s="5"/>
       <c r="I42" s="1" t="s">
-        <v>760</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="3">
-        <v>4120</v>
+        <v>4130</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>1505</v>
-[...8 lines deleted...]
-        <v>1507</v>
+        <v>80</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D43" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>94</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>1508</v>
+        <v>48</v>
       </c>
       <c r="G43" s="52" t="s">
-        <v>1509</v>
-[...1 lines deleted...]
-      <c r="H43" s="5"/>
+        <v>84</v>
+      </c>
+      <c r="H43" s="44" t="s">
+        <v>320</v>
+      </c>
       <c r="I43" s="1" t="s">
-        <v>1510</v>
+        <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="3">
         <v>4130</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>92</v>
-[...8 lines deleted...]
-        <v>107</v>
+        <v>1166</v>
+      </c>
+      <c r="C44" s="22" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E44" s="13" t="s">
+        <v>1169</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-      </c>
+        <v>1170</v>
+      </c>
+      <c r="G44" s="37" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H44" s="1"/>
       <c r="I44" s="1" t="s">
-        <v>50</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="3">
+      <c r="A45" s="71">
         <v>4130</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...15 lines deleted...]
-        <v>1203</v>
+      <c r="B45" s="9" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C45" s="72" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D45" s="73" t="s">
+        <v>231</v>
+      </c>
+      <c r="E45" s="73" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F45" s="95" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G45" s="120" t="s">
+        <v>1761</v>
       </c>
       <c r="H45" s="1"/>
       <c r="I45" s="1" t="s">
-        <v>1204</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="71">
-[...22 lines deleted...]
-        <v>1806</v>
+      <c r="A46" s="3">
+        <v>4140</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>373</v>
+      </c>
+      <c r="H46" s="21" t="s">
+        <v>374</v>
+      </c>
+      <c r="I46" s="9" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="3">
+      <c r="A47" s="85">
         <v>4140</v>
       </c>
-      <c r="B47" s="1" t="s">
-[...21 lines deleted...]
-        <v>395</v>
+      <c r="B47" s="9" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C47" s="86" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D47" s="75" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E47" s="38" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G47" s="66" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H47" s="25" t="s">
+        <v>1209</v>
+      </c>
+      <c r="I47" s="24" t="s">
+        <v>1214</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A48" s="85">
-[...24 lines deleted...]
-        <v>1250</v>
+      <c r="A48" s="3">
+        <v>4163</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E48" s="13" t="s">
+        <v>464</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="G48" s="37" t="s">
+        <v>466</v>
+      </c>
+      <c r="H48" s="21"/>
+      <c r="I48" s="1" t="s">
+        <v>467</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="3">
-        <v>4163</v>
-[...11 lines deleted...]
-        <v>484</v>
+        <v>4217</v>
+      </c>
+      <c r="B49" s="22" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>1380</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>485</v>
-[...6 lines deleted...]
-        <v>487</v>
+        <v>1381</v>
+      </c>
+      <c r="G49" s="21" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H49" s="13"/>
+      <c r="I49" s="5" t="s">
+        <v>1383</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="3">
-        <v>4217</v>
+        <v>4260</v>
       </c>
       <c r="B50" s="22" t="s">
-        <v>1419</v>
+        <v>1341</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>1420</v>
+        <v>1342</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>1421</v>
+        <v>722</v>
+      </c>
+      <c r="E50" s="96" t="s">
+        <v>1875</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>1422</v>
-[...6 lines deleted...]
-        <v>1424</v>
+        <v>1876</v>
+      </c>
+      <c r="G50" s="122" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H50" s="1"/>
+      <c r="I50" s="1" t="s">
+        <v>1344</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A51" s="3">
+      <c r="A51" s="107">
         <v>4260</v>
       </c>
       <c r="B51" s="22" t="s">
-        <v>1382</v>
-[...4 lines deleted...]
-      <c r="D51" s="4" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C51" s="94" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D51" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F51" s="103" t="s">
+        <v>1516</v>
+      </c>
+      <c r="G51" s="104" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H51" s="4"/>
+      <c r="I51" s="1" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="71">
+        <v>4340</v>
+      </c>
+      <c r="B52" s="9" t="s">
+        <v>744</v>
+      </c>
+      <c r="C52" s="72" t="s">
+        <v>745</v>
+      </c>
+      <c r="D52" s="73" t="s">
+        <v>746</v>
+      </c>
+      <c r="E52" s="74" t="s">
+        <v>747</v>
+      </c>
+      <c r="F52" s="73" t="s">
+        <v>748</v>
+      </c>
+      <c r="G52" s="90" t="s">
         <v>749</v>
       </c>
-      <c r="E51" s="96" t="s">
-[...35 lines deleted...]
-      <c r="H52" s="4"/>
+      <c r="H52" s="1"/>
       <c r="I52" s="1" t="s">
-        <v>1559</v>
+        <v>750</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A53" s="71">
-        <v>4340</v>
+      <c r="A53" s="3">
+        <v>4347</v>
       </c>
       <c r="B53" s="9" t="s">
-        <v>771</v>
-[...16 lines deleted...]
-      <c r="H53" s="1"/>
+        <v>948</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>949</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="G53" s="37" t="s">
+        <v>952</v>
+      </c>
+      <c r="H53" s="21" t="s">
+        <v>953</v>
+      </c>
       <c r="I53" s="1" t="s">
-        <v>777</v>
+        <v>954</v>
       </c>
     </row>
     <row r="54" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A54" s="3">
-[...24 lines deleted...]
-        <v>981</v>
+      <c r="A54" s="83">
+        <v>4400</v>
+      </c>
+      <c r="B54" s="22" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D54" s="39" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E54" s="24" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F54" s="32" t="s">
+        <v>1820</v>
+      </c>
+      <c r="G54" s="27" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H54" s="32"/>
+      <c r="I54" s="24" t="s">
+        <v>1767</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A55" s="83">
-        <v>4400</v>
+      <c r="A55" s="3">
+        <v>4420</v>
       </c>
       <c r="B55" s="22" t="s">
-        <v>1807</v>
-[...18 lines deleted...]
-        <v>1811</v>
+        <v>1485</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D55" s="58" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>1487</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="G55" s="102" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H55" s="21" t="s">
+        <v>1490</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>1491</v>
       </c>
     </row>
     <row r="56" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" s="3">
-        <v>4420</v>
+        <v>4430</v>
       </c>
       <c r="B56" s="22" t="s">
-        <v>1526</v>
+        <v>1372</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>1527</v>
-[...15 lines deleted...]
-      </c>
+        <v>1373</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>772</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F56" s="4" t="s">
+        <v>1375</v>
+      </c>
+      <c r="G56" s="21" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H56" s="4"/>
       <c r="I56" s="1" t="s">
-        <v>1532</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A57" s="3">
+      <c r="A57" s="110">
         <v>4430</v>
       </c>
       <c r="B57" s="22" t="s">
-        <v>1413</v>
-[...16 lines deleted...]
-      <c r="H57" s="4"/>
+        <v>1618</v>
+      </c>
+      <c r="C57" s="9" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E57" s="13" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H57" s="52" t="s">
+        <v>1622</v>
+      </c>
       <c r="I57" s="1" t="s">
-        <v>1418</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="58" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A58" s="111">
-[...24 lines deleted...]
-        <v>1664</v>
+      <c r="A58" s="15">
+        <v>4431</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C58" s="119" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D58" s="117" t="s">
+        <v>231</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G58" s="70" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H58" s="70" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I58" s="9" t="s">
+        <v>1688</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="15">
-[...24 lines deleted...]
-        <v>1732</v>
+      <c r="A59" s="3">
+        <v>4360</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="G59" s="21" t="s">
+        <v>669</v>
+      </c>
+      <c r="H59" s="21" t="s">
+        <v>670</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>1697</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A60" s="3">
-[...9 lines deleted...]
-        <v>694</v>
+      <c r="A60" s="12">
+        <v>4470</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="C60" t="s">
+        <v>620</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>142</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>1740</v>
-[...5 lines deleted...]
-        <v>696</v>
+        <v>1850</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="G60" s="33" t="s">
+        <v>1842</v>
       </c>
       <c r="H60" s="21" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>1741</v>
+        <v>621</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>622</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A61" s="12">
+      <c r="A61" s="107">
         <v>4470</v>
       </c>
-      <c r="B61" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G61" s="33" t="s">
+      <c r="B61" s="22" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C61" s="95" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D61" s="73" t="s">
+        <v>345</v>
+      </c>
+      <c r="E61" s="140" t="s">
         <v>1886</v>
       </c>
-      <c r="H61" s="21" t="s">
-[...3 lines deleted...]
-        <v>649</v>
+      <c r="F61" s="103" t="s">
+        <v>1887</v>
+      </c>
+      <c r="G61" s="104" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H61" s="4"/>
+      <c r="I61" s="1" t="s">
+        <v>1522</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A62" s="108">
-[...2 lines deleted...]
-      <c r="B62" s="22" t="s">
+      <c r="A62" s="12">
+        <v>4500</v>
+      </c>
+      <c r="B62" s="35" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C62" s="105" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D62" s="105" t="s">
+        <v>426</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="G62" s="23" t="s">
         <v>1560</v>
       </c>
-      <c r="C62" s="95" t="s">
+      <c r="H62" s="1"/>
+      <c r="I62" s="5" t="s">
         <v>1561</v>
       </c>
-      <c r="D62" s="73" t="s">
-[...14 lines deleted...]
-      </c>
     </row>
     <row r="63" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A63" s="12">
+      <c r="A63" s="83">
         <v>4500</v>
       </c>
-      <c r="B63" s="35" t="s">
-[...19 lines deleted...]
-        <v>1602</v>
+      <c r="B63" s="22" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C63" s="101" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D63" s="101" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E63" s="24" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F63" s="32" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G63" s="109" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H63" s="24"/>
+      <c r="I63" s="24" t="s">
+        <v>1581</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A64" s="83">
-[...22 lines deleted...]
-        <v>1622</v>
+      <c r="A64" s="3">
+        <v>4530</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="E64" s="13" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F64" s="13" t="s">
+        <v>1825</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H64" s="21" t="s">
+        <v>233</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>1826</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A65" s="3">
-[...21 lines deleted...]
-        <v>508</v>
+      <c r="A65" s="12">
+        <v>4530</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="C65" t="s">
+        <v>469</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="G65" s="133" t="s">
+        <v>472</v>
+      </c>
+      <c r="H65" s="40" t="s">
+        <v>473</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>509</v>
+        <v>474</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" s="3">
-        <v>4530</v>
+        <v>4540</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>249</v>
+        <v>376</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>250</v>
+        <v>377</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>251</v>
-[...14 lines deleted...]
-        <v>1870</v>
+        <v>14</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>380</v>
+      </c>
+      <c r="H66" s="26" t="s">
+        <v>381</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="67" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A67" s="12">
-[...21 lines deleted...]
-        <v>493</v>
+      <c r="A67" s="3">
+        <v>4540</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>926</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="G67" s="41" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H67" s="25" t="s">
+        <v>929</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>494</v>
+        <v>930</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" s="3">
-        <v>4540</v>
+        <v>4600</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>396</v>
+        <v>504</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>397</v>
+        <v>505</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>16</v>
+        <v>506</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>398</v>
+        <v>507</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>399</v>
-[...8 lines deleted...]
-        <v>402</v>
+        <v>508</v>
+      </c>
+      <c r="G68" s="52" t="s">
+        <v>509</v>
+      </c>
+      <c r="H68" s="21" t="s">
+        <v>510</v>
+      </c>
+      <c r="I68" s="9" t="s">
+        <v>511</v>
       </c>
     </row>
     <row r="69" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A69" s="3">
-        <v>4540</v>
+        <v>4600</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>951</v>
+        <v>642</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>952</v>
-[...2 lines deleted...]
-        <v>953</v>
+        <v>643</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>644</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>954</v>
+        <v>645</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>955</v>
-[...5 lines deleted...]
-        <v>956</v>
+        <v>646</v>
+      </c>
+      <c r="G69" s="8" t="s">
+        <v>647</v>
+      </c>
+      <c r="H69" s="26" t="s">
+        <v>648</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>957</v>
+        <v>649</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A70" s="3">
-[...24 lines deleted...]
-        <v>538</v>
+      <c r="A70" s="12">
+        <v>4601</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C70" s="35" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="E70" s="38" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G70" s="21" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H70" s="25" t="s">
+        <v>1076</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>1077</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A71" s="3">
-        <v>4600</v>
+        <v>4606</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>670</v>
+        <v>991</v>
+      </c>
+      <c r="C71" s="22" t="s">
+        <v>992</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>98</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>993</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>673</v>
-[...6 lines deleted...]
-      </c>
+        <v>994</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>995</v>
+      </c>
+      <c r="H71" s="1"/>
       <c r="I71" s="1" t="s">
-        <v>676</v>
+        <v>996</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A72" s="12">
-[...24 lines deleted...]
-        <v>1109</v>
+      <c r="A72" s="3">
+        <v>4632</v>
+      </c>
+      <c r="B72" s="22" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="E72" s="96" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="G72" s="122" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H72" s="1"/>
+      <c r="I72" s="1" t="s">
+        <v>1350</v>
       </c>
     </row>
     <row r="73" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A73" s="3">
-        <v>4606</v>
+        <v>4671</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>1019</v>
+        <v>325</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>326</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>111</v>
-[...10 lines deleted...]
-      <c r="H73" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="E73" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="F73" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="G73" s="50" t="s">
+        <v>329</v>
+      </c>
+      <c r="H73" s="22"/>
       <c r="I73" s="1" t="s">
-        <v>1023</v>
+        <v>330</v>
       </c>
     </row>
     <row r="74" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" s="3">
-        <v>4632</v>
-[...1 lines deleted...]
-      <c r="B74" s="22" t="s">
+        <v>4671</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G74" s="52" t="s">
+        <v>502</v>
+      </c>
+      <c r="H74" s="22"/>
+      <c r="I74" s="1" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="12">
+        <v>4671</v>
+      </c>
+      <c r="B75" s="35" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D75" t="s">
+        <v>244</v>
+      </c>
+      <c r="E75" s="100" t="s">
         <v>1386</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="F75" s="5" t="s">
         <v>1387</v>
       </c>
-      <c r="D74" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="96" t="s">
+      <c r="G75" s="42" t="s">
         <v>1388</v>
       </c>
-      <c r="F74" s="1" t="s">
+      <c r="H75" s="5"/>
+      <c r="I75" s="1" t="s">
         <v>1389</v>
-      </c>
-[...32 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A76" s="3">
-        <v>4671</v>
+        <v>4700</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>527</v>
+        <v>361</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>528</v>
+        <v>362</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>405</v>
+        <v>148</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="G76" s="52" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="H76" s="22"/>
+        <v>365</v>
+      </c>
+      <c r="H76" s="26" t="s">
+        <v>366</v>
+      </c>
       <c r="I76" s="1" t="s">
-        <v>530</v>
+        <v>367</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A77" s="12">
-[...22 lines deleted...]
-        <v>1430</v>
+      <c r="A77" s="3">
+        <v>4750</v>
+      </c>
+      <c r="B77" s="22" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C77" s="114" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D77" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="G77" s="37" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H77" s="80" t="s">
+        <v>1773</v>
+      </c>
+      <c r="I77" s="9" t="s">
+        <v>1774</v>
       </c>
     </row>
     <row r="78" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A78" s="3">
-[...24 lines deleted...]
-        <v>387</v>
+      <c r="A78" s="12">
+        <v>4780</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="G78" s="51" t="s">
+        <v>357</v>
+      </c>
+      <c r="H78" s="22"/>
+      <c r="I78" s="5" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="79" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A79" s="3">
-        <v>4750</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>4780</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C79" s="22" t="s">
+        <v>676</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>677</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>1814</v>
+        <v>678</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>1815</v>
-[...8 lines deleted...]
-        <v>1818</v>
+        <v>679</v>
+      </c>
+      <c r="G79" s="21" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H79" s="22"/>
+      <c r="I79" s="1" t="s">
+        <v>680</v>
       </c>
     </row>
     <row r="80" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A80" s="12">
-[...18 lines deleted...]
-        <v>377</v>
+      <c r="A80" s="3">
+        <v>4800</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F80" s="22" t="s">
+        <v>497</v>
+      </c>
+      <c r="G80" s="34" t="s">
+        <v>498</v>
       </c>
       <c r="H80" s="22"/>
-      <c r="I80" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I80" s="1"/>
     </row>
     <row r="81" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A81" s="3">
-[...22 lines deleted...]
-        <v>707</v>
+      <c r="A81" s="12">
+        <v>4800</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="C81" s="35" t="s">
+        <v>538</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="F81" s="35" t="s">
+        <v>541</v>
+      </c>
+      <c r="G81" s="25" t="s">
+        <v>542</v>
+      </c>
+      <c r="H81" s="35"/>
+      <c r="I81" s="5" t="s">
+        <v>543</v>
       </c>
     </row>
     <row r="82" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A82" s="3">
-        <v>4800</v>
+      <c r="A82" s="87">
+        <v>4801</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>521</v>
-[...4 lines deleted...]
-      <c r="D82" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C82" s="88" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D82" s="77" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E82" s="13" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F82" s="22" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G82" s="97" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H82" s="1"/>
+      <c r="I82" s="1" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="43">
+        <v>4820</v>
+      </c>
+      <c r="B83" s="22" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D83" s="22" t="s">
+        <v>1405</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G83" s="21" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H83" s="30" t="s">
+        <v>1409</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="61">
+        <v>4845</v>
+      </c>
+      <c r="B84" s="24" t="s">
+        <v>710</v>
+      </c>
+      <c r="C84" s="62" t="s">
+        <v>711</v>
+      </c>
+      <c r="D84" s="63" t="s">
+        <v>411</v>
+      </c>
+      <c r="E84" s="64" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F84" s="94" t="s">
+        <v>712</v>
+      </c>
+      <c r="G84" s="98" t="s">
+        <v>713</v>
+      </c>
+      <c r="H84" s="27" t="s">
+        <v>714</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="87">
+        <v>4845</v>
+      </c>
+      <c r="B85" s="22" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C85" s="77" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D85" s="77" t="s">
+        <v>128</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F85" s="22" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G85" s="7" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H85" s="21" t="s">
+        <v>1220</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="29">
+        <v>4850</v>
+      </c>
+      <c r="B86" s="22" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C86" s="24" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D86" s="101" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E86" s="32" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F86" s="24" t="s">
+        <v>1482</v>
+      </c>
+      <c r="G86" s="42" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H86" s="24"/>
+      <c r="I86" s="5" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="43">
+        <v>4851</v>
+      </c>
+      <c r="B87" s="9" t="s">
+        <v>896</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>897</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="E87" s="13" t="s">
+        <v>898</v>
+      </c>
+      <c r="F87" s="22" t="s">
+        <v>899</v>
+      </c>
+      <c r="G87" s="7" t="s">
+        <v>900</v>
+      </c>
+      <c r="H87" s="1"/>
+      <c r="I87" s="68"/>
+    </row>
+    <row r="88" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="12">
+        <v>4870</v>
+      </c>
+      <c r="B88" s="35" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E88" s="100" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G88" s="99" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H88" s="5"/>
+      <c r="I88" s="100" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="3">
+        <v>4870</v>
+      </c>
+      <c r="B89" s="22" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D89" s="58" t="s">
         <v>523</v>
       </c>
-      <c r="E82" s="1" t="s">
-[...202 lines deleted...]
-      <c r="I89" s="68"/>
+      <c r="E89" s="4" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="G89" s="30" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H89" s="21" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>1498</v>
+      </c>
     </row>
     <row r="90" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A90" s="12">
-[...22 lines deleted...]
-        <v>1437</v>
+      <c r="A90" s="3">
+        <v>4880</v>
+      </c>
+      <c r="B90" s="22" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C90" s="106" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D90" s="58" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G90" s="30" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H90" s="1"/>
+      <c r="I90" s="1" t="s">
+        <v>1505</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A91" s="3">
-        <v>4870</v>
-[...21 lines deleted...]
-      </c>
+        <v>4890</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>579</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="F91" s="22" t="s">
+        <v>581</v>
+      </c>
+      <c r="G91" s="7" t="s">
+        <v>582</v>
+      </c>
+      <c r="H91" s="22"/>
       <c r="I91" s="1" t="s">
-        <v>1539</v>
+        <v>583</v>
       </c>
     </row>
     <row r="92" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A92" s="3">
-        <v>4880</v>
-[...8 lines deleted...]
-        <v>1542</v>
+        <v>4900</v>
+      </c>
+      <c r="B92" s="9" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C92" s="22" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>1062</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>1543</v>
+        <v>1811</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>1544</v>
-[...4 lines deleted...]
-      <c r="H92" s="1"/>
+        <v>1812</v>
+      </c>
+      <c r="G92" s="49" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H92" s="49" t="s">
+        <v>1063</v>
+      </c>
       <c r="I92" s="1" t="s">
-        <v>1546</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A93" s="3">
-[...20 lines deleted...]
-      <c r="H93" s="22"/>
+      <c r="A93" s="76">
+        <v>4910</v>
+      </c>
+      <c r="B93" s="9" t="s">
+        <v>723</v>
+      </c>
+      <c r="C93" s="72" t="s">
+        <v>724</v>
+      </c>
+      <c r="D93" s="73" t="s">
+        <v>426</v>
+      </c>
+      <c r="E93" s="74" t="s">
+        <v>889</v>
+      </c>
+      <c r="F93" s="77" t="s">
+        <v>890</v>
+      </c>
+      <c r="G93" s="65" t="s">
+        <v>725</v>
+      </c>
+      <c r="H93" s="21" t="s">
+        <v>891</v>
+      </c>
       <c r="I93" s="1" t="s">
-        <v>610</v>
+        <v>726</v>
       </c>
     </row>
     <row r="94" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A94" s="3">
-[...24 lines deleted...]
-        <v>1096</v>
+      <c r="A94" s="85">
+        <v>4920</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C94" s="86" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D94" s="75" t="s">
+        <v>523</v>
+      </c>
+      <c r="E94" s="38" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G94" s="41" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H94" s="25" t="s">
+        <v>1083</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>1084</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A95" s="76">
-[...6 lines deleted...]
-        <v>751</v>
+      <c r="A95" s="3">
+        <v>4950</v>
+      </c>
+      <c r="B95" s="22" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C95" s="73" t="s">
+        <v>1690</v>
       </c>
       <c r="D95" s="73" t="s">
-        <v>446</v>
-[...12 lines deleted...]
-      </c>
+        <v>1691</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="G95" s="69" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H95" s="1"/>
       <c r="I95" s="1" t="s">
-        <v>753</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A96" s="85">
-[...24 lines deleted...]
-        <v>1116</v>
+      <c r="A96" s="110">
+        <v>4950</v>
+      </c>
+      <c r="B96" s="22" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C96" s="114" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D96" s="58" t="s">
+        <v>197</v>
+      </c>
+      <c r="E96" s="9" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="G96" s="30" t="s">
+        <v>1707</v>
+      </c>
+      <c r="H96" s="9"/>
+      <c r="I96" s="9" t="s">
+        <v>1706</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A97" s="3">
+      <c r="A97" s="43">
         <v>4950</v>
       </c>
-      <c r="B97" s="22" t="s">
-[...9 lines deleted...]
-        <v>1736</v>
+      <c r="B97" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C97" s="114" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D97" s="58" t="s">
+        <v>350</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>1741</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>1737</v>
-[...2 lines deleted...]
-        <v>1738</v>
+        <v>1742</v>
+      </c>
+      <c r="G97" s="30" t="s">
+        <v>1743</v>
       </c>
       <c r="H97" s="1"/>
       <c r="I97" s="1" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="98" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A98" s="111">
-[...12 lines deleted...]
-        <v>1878</v>
+      <c r="A98" s="3">
+        <v>4960</v>
+      </c>
+      <c r="B98" s="9" t="s">
+        <v>702</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>704</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>705</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>1879</v>
-[...6 lines deleted...]
-        <v>1750</v>
+        <v>706</v>
+      </c>
+      <c r="G98" s="37" t="s">
+        <v>707</v>
+      </c>
+      <c r="H98" s="7" t="s">
+        <v>708</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="99" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A99" s="43">
-        <v>4950</v>
+      <c r="A99" s="12">
+        <v>5000</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>1783</v>
-[...18 lines deleted...]
-        <v>1788</v>
+        <v>133</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D99" t="s">
+        <v>135</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="F99" s="55" t="s">
+        <v>137</v>
+      </c>
+      <c r="G99" s="53" t="s">
+        <v>138</v>
+      </c>
+      <c r="H99" s="22"/>
+      <c r="I99" s="5" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="100" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="3">
-        <v>4960</v>
-[...8 lines deleted...]
-        <v>731</v>
+        <v>5000</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>477</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>732</v>
+        <v>478</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>733</v>
-[...5 lines deleted...]
-        <v>735</v>
+        <v>479</v>
+      </c>
+      <c r="G100" s="52" t="s">
+        <v>480</v>
+      </c>
+      <c r="H100" s="44" t="s">
+        <v>481</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>736</v>
+        <v>482</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A101" s="12">
-        <v>5000</v>
+        <v>5020</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>281</v>
+      </c>
+      <c r="C101" t="s">
+        <v>282</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>283</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>149</v>
-[...9 lines deleted...]
-        <v>152</v>
+        <v>284</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="G101" s="51" t="s">
+        <v>286</v>
+      </c>
+      <c r="H101" s="44"/>
+      <c r="I101" s="9" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="102" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A102" s="3">
-        <v>5000</v>
-[...5 lines deleted...]
-        <v>496</v>
+        <v>5020</v>
+      </c>
+      <c r="B102" s="9" t="s">
+        <v>572</v>
+      </c>
+      <c r="C102" s="22" t="s">
+        <v>573</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>20</v>
+      </c>
+      <c r="E102" s="22" t="s">
+        <v>574</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>499</v>
-[...6 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="G102" s="7" t="s">
+        <v>576</v>
+      </c>
+      <c r="H102" s="22"/>
       <c r="I102" s="1" t="s">
-        <v>502</v>
+        <v>577</v>
       </c>
     </row>
     <row r="103" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A103" s="12">
-        <v>5020</v>
+      <c r="A103" s="3">
+        <v>5030</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>301</v>
-[...5 lines deleted...]
-        <v>303</v>
+        <v>73</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" t="s">
+        <v>3</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>304</v>
-[...9 lines deleted...]
-        <v>307</v>
+        <v>1800</v>
+      </c>
+      <c r="F103" s="126" t="s">
+        <v>1801</v>
+      </c>
+      <c r="G103" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="H103" s="5"/>
+      <c r="I103" s="1" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="104" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A104" s="3">
-[...23 lines deleted...]
-      </c>
+      <c r="A104" s="12">
+        <v>5030</v>
+      </c>
+      <c r="B104" s="24" t="s">
+        <v>77</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F104" s="24" t="s">
+        <v>60</v>
+      </c>
+      <c r="G104" s="78" t="s">
+        <v>61</v>
+      </c>
+      <c r="H104" s="121" t="s">
+        <v>319</v>
+      </c>
+      <c r="I104" s="1"/>
     </row>
     <row r="105" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A105" s="3">
-[...22 lines deleted...]
-        <v>46</v>
+      <c r="A105" s="43">
+        <v>5031</v>
+      </c>
+      <c r="B105" s="22" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C105" s="58" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D105" s="58" t="s">
+        <v>506</v>
+      </c>
+      <c r="E105" s="22" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="G105" s="52" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H105" s="7" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>1428</v>
       </c>
     </row>
     <row r="106" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A106" s="12">
-[...23 lines deleted...]
-      <c r="I106" s="1"/>
+      <c r="A106" s="82">
+        <v>5032</v>
+      </c>
+      <c r="B106" s="47" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C106" s="60" t="s">
+        <v>672</v>
+      </c>
+      <c r="D106" s="60" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="G106" s="41" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H106" s="1"/>
+      <c r="I106" s="1" t="s">
+        <v>1183</v>
+      </c>
     </row>
     <row r="107" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A107" s="43">
-        <v>5031</v>
+        <v>5032</v>
       </c>
       <c r="B107" s="22" t="s">
-        <v>1464</v>
+        <v>1582</v>
       </c>
       <c r="C107" s="58" t="s">
-        <v>1518</v>
+        <v>1583</v>
       </c>
       <c r="D107" s="58" t="s">
-        <v>533</v>
-[...8 lines deleted...]
-        <v>1467</v>
+        <v>20</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G107" s="127" t="s">
+        <v>1586</v>
       </c>
       <c r="H107" s="7" t="s">
-        <v>1468</v>
-[...2 lines deleted...]
-        <v>1469</v>
+        <v>1587</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>1588</v>
       </c>
     </row>
     <row r="108" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A108" s="82">
-[...12 lines deleted...]
-        <v>1213</v>
+      <c r="A108" s="15">
+        <v>5060</v>
+      </c>
+      <c r="B108" s="9" t="s">
+        <v>588</v>
+      </c>
+      <c r="C108" s="47" t="s">
+        <v>589</v>
+      </c>
+      <c r="D108" s="9" t="s">
+        <v>590</v>
+      </c>
+      <c r="E108" s="9" t="s">
+        <v>591</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>1214</v>
+        <v>592</v>
       </c>
       <c r="G108" s="41" t="s">
-        <v>1819</v>
-[...1 lines deleted...]
-      <c r="H108" s="1"/>
+        <v>593</v>
+      </c>
+      <c r="H108" s="44" t="s">
+        <v>594</v>
+      </c>
       <c r="I108" s="1" t="s">
-        <v>1215</v>
+        <v>595</v>
       </c>
     </row>
     <row r="109" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A109" s="43">
-[...24 lines deleted...]
-        <v>1629</v>
+      <c r="A109" s="29">
+        <v>5070</v>
+      </c>
+      <c r="B109" s="47" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C109" s="63" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D109" s="63" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E109" s="32" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F109" s="24" t="s">
+        <v>1188</v>
+      </c>
+      <c r="G109" s="69" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H109" s="78" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I109" s="24" t="s">
+        <v>1191</v>
       </c>
     </row>
     <row r="110" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A110" s="15">
-[...22 lines deleted...]
-      </c>
+      <c r="A110" s="87">
+        <v>5081</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C110" s="88" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D110" s="77" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F110" s="22" t="s">
+        <v>1298</v>
+      </c>
+      <c r="G110" s="7" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H110" s="1"/>
       <c r="I110" s="1" t="s">
-        <v>622</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="111" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A111" s="29">
-[...24 lines deleted...]
-        <v>1223</v>
+      <c r="A111" s="3">
+        <v>5100</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="F111" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="G111" s="52" t="s">
+        <v>145</v>
+      </c>
+      <c r="H111" s="1"/>
+      <c r="I111" s="1" t="s">
+        <v>923</v>
       </c>
     </row>
     <row r="112" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A112" s="29">
-[...12 lines deleted...]
-        <v>1219</v>
+      <c r="A112" s="3">
+        <v>5100</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C112" s="22" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E112" s="13" t="s">
+        <v>610</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>1220</v>
-[...5 lines deleted...]
-        <v>1222</v>
+        <v>611</v>
+      </c>
+      <c r="G112" s="30" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H112" s="21" t="s">
+        <v>612</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>1226</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A113" s="87">
-[...9 lines deleted...]
-        <v>1337</v>
+      <c r="A113" s="3">
+        <v>5101</v>
+      </c>
+      <c r="B113" s="22" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C113" s="117" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D113" s="117" t="s">
+        <v>237</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>1338</v>
-[...5 lines deleted...]
-        <v>1340</v>
+        <v>1591</v>
+      </c>
+      <c r="F113" s="13" t="s">
+        <v>1592</v>
+      </c>
+      <c r="G113" s="111" t="s">
+        <v>1593</v>
       </c>
       <c r="H113" s="1"/>
       <c r="I113" s="1" t="s">
-        <v>1341</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="114" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A114" s="3">
-[...18 lines deleted...]
-        <v>158</v>
+      <c r="A114" s="43">
+        <v>5170</v>
+      </c>
+      <c r="B114" s="47" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C114" s="77" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D114" s="77" t="s">
+        <v>523</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G114" s="30" t="s">
+        <v>1148</v>
       </c>
       <c r="H114" s="1"/>
       <c r="I114" s="1" t="s">
-        <v>950</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="115" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A115" s="3">
-        <v>5100</v>
-[...11 lines deleted...]
-        <v>637</v>
+        <v>5190</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>392</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>638</v>
-[...5 lines deleted...]
-        <v>639</v>
+        <v>393</v>
+      </c>
+      <c r="G115" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="H115" s="44" t="s">
+        <v>395</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>1242</v>
+        <v>396</v>
       </c>
     </row>
     <row r="116" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A116" s="3">
-        <v>5101</v>
+        <v>5190</v>
       </c>
       <c r="B116" s="22" t="s">
-        <v>1630</v>
-[...5 lines deleted...]
-        <v>257</v>
+        <v>1698</v>
+      </c>
+      <c r="C116" s="68" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>1180</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>1632</v>
+        <v>1700</v>
       </c>
       <c r="F116" s="13" t="s">
-        <v>1633</v>
-[...6 lines deleted...]
-        <v>1635</v>
+        <v>1701</v>
+      </c>
+      <c r="G116" s="8" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H116" s="35"/>
+      <c r="I116" s="5" t="s">
+        <v>1703</v>
       </c>
     </row>
     <row r="117" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A117" s="43">
-[...9 lines deleted...]
-        <v>550</v>
+      <c r="A117" s="3">
+        <v>5300</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C117" s="22" t="s">
+        <v>276</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>142</v>
       </c>
       <c r="E117" s="4" t="s">
-        <v>1178</v>
+        <v>277</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>1179</v>
-[...4 lines deleted...]
-      <c r="H117" s="1"/>
+        <v>278</v>
+      </c>
+      <c r="G117" s="37" t="s">
+        <v>279</v>
+      </c>
+      <c r="H117" s="7" t="s">
+        <v>1804</v>
+      </c>
       <c r="I117" s="1" t="s">
-        <v>1181</v>
+        <v>280</v>
       </c>
     </row>
     <row r="118" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A118" s="3">
-[...6 lines deleted...]
-        <v>411</v>
+      <c r="A118" s="12">
+        <v>5300</v>
+      </c>
+      <c r="B118" s="9" t="s">
+        <v>552</v>
+      </c>
+      <c r="C118" s="35" t="s">
+        <v>553</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>19</v>
-[...14 lines deleted...]
-        <v>416</v>
+        <v>554</v>
+      </c>
+      <c r="E118" s="35" t="s">
+        <v>555</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="G118" s="69" t="s">
+        <v>557</v>
+      </c>
+      <c r="H118" s="35"/>
+      <c r="I118" s="5" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="119" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A119" s="3">
-        <v>5190</v>
-[...5 lines deleted...]
-        <v>1743</v>
+        <v>5310</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C119" s="22" t="s">
+        <v>12</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>1212</v>
+        <v>347</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>1744</v>
-[...9 lines deleted...]
-        <v>1747</v>
+        <v>1813</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="G119" s="79" t="s">
+        <v>341</v>
+      </c>
+      <c r="H119" s="22"/>
+      <c r="I119" s="1" t="s">
+        <v>342</v>
       </c>
     </row>
     <row r="120" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A120" s="3">
-[...12 lines deleted...]
-        <v>297</v>
+      <c r="A120" s="15">
+        <v>5310</v>
+      </c>
+      <c r="B120" s="9" t="s">
+        <v>483</v>
+      </c>
+      <c r="C120" s="10" t="s">
+        <v>484</v>
+      </c>
+      <c r="D120" s="9" t="s">
+        <v>485</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>486</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>298</v>
-[...6 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="G120" s="132" t="s">
+        <v>488</v>
+      </c>
+      <c r="H120" s="1"/>
       <c r="I120" s="1" t="s">
-        <v>300</v>
+        <v>489</v>
       </c>
     </row>
     <row r="121" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A121" s="12">
-        <v>5300</v>
+      <c r="A121" s="3">
+        <v>5332</v>
       </c>
       <c r="B121" s="9" t="s">
-        <v>579</v>
-[...11 lines deleted...]
-        <v>583</v>
+        <v>559</v>
+      </c>
+      <c r="C121" s="22" t="s">
+        <v>560</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E121" s="22" t="s">
+        <v>561</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>562</v>
       </c>
       <c r="G121" s="69" t="s">
-        <v>584</v>
-[...3 lines deleted...]
-        <v>585</v>
+        <v>563</v>
+      </c>
+      <c r="H121" s="44" t="s">
+        <v>550</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>564</v>
       </c>
     </row>
     <row r="122" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A122" s="3">
-        <v>5310</v>
-[...8 lines deleted...]
-        <v>367</v>
+        <v>5340</v>
+      </c>
+      <c r="B122" s="22" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C122" s="77" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D122" s="77" t="s">
+        <v>1718</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>1857</v>
+        <v>1719</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>360</v>
-[...4 lines deleted...]
-      <c r="H122" s="22"/>
+        <v>1720</v>
+      </c>
+      <c r="G122" s="78" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H122" s="80" t="s">
+        <v>1722</v>
+      </c>
       <c r="I122" s="1" t="s">
-        <v>362</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="123" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A123" s="15">
-[...22 lines deleted...]
-        <v>516</v>
+      <c r="A123" s="29">
+        <v>5360</v>
+      </c>
+      <c r="B123" s="24" t="s">
+        <v>455</v>
+      </c>
+      <c r="C123" s="32" t="s">
+        <v>456</v>
+      </c>
+      <c r="D123" s="24" t="s">
+        <v>457</v>
+      </c>
+      <c r="E123" s="31" t="s">
+        <v>458</v>
+      </c>
+      <c r="F123" s="31" t="s">
+        <v>459</v>
+      </c>
+      <c r="G123" s="69" t="s">
+        <v>460</v>
+      </c>
+      <c r="H123" s="121" t="s">
+        <v>490</v>
+      </c>
+      <c r="I123" s="24" t="s">
+        <v>461</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A124" s="3">
-        <v>5332</v>
-[...5 lines deleted...]
-        <v>587</v>
+        <v>5360</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C124" s="4" t="s">
+        <v>529</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>589</v>
+        <v>370</v>
+      </c>
+      <c r="E124" s="13" t="s">
+        <v>458</v>
+      </c>
+      <c r="F124" s="13" t="s">
+        <v>459</v>
       </c>
       <c r="G124" s="69" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-        <v>577</v>
+        <v>460</v>
+      </c>
+      <c r="H124" s="78" t="s">
+        <v>490</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>591</v>
+        <v>461</v>
       </c>
     </row>
     <row r="125" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A125" s="3">
-        <v>5340</v>
-[...8 lines deleted...]
-        <v>1762</v>
+        <v>5370</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>217</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>1763</v>
-[...9 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="G125" s="7" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H125" s="44"/>
       <c r="I125" s="1" t="s">
-        <v>1767</v>
+        <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A126" s="29">
-        <v>5360</v>
-[...20 lines deleted...]
-        <v>517</v>
+        <v>5377</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C126" s="128" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D126" s="101" t="s">
+        <v>598</v>
+      </c>
+      <c r="E126" s="32" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F126" s="24" t="s">
+        <v>1671</v>
+      </c>
+      <c r="G126" s="78" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H126" s="78" t="s">
+        <v>1673</v>
       </c>
       <c r="I126" s="24" t="s">
-        <v>481</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="127" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A127" s="3">
-        <v>5360</v>
+      <c r="A127" s="83">
+        <v>5377</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>555</v>
-[...17 lines deleted...]
-        <v>517</v>
+        <v>1867</v>
+      </c>
+      <c r="C127" s="77" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D127" s="77" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F127" s="4" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G127" s="136" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H127" s="21" t="s">
+        <v>1873</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>481</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="128" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A128" s="3">
-        <v>5370</v>
+      <c r="A128" s="87">
+        <v>5380</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>235</v>
-[...5 lines deleted...]
-        <v>237</v>
+        <v>1110</v>
+      </c>
+      <c r="C128" s="72" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D128" s="73" t="s">
+        <v>1112</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>238</v>
-[...7 lines deleted...]
-      <c r="H128" s="44"/>
+        <v>1113</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="G128" s="37" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H128" s="1"/>
       <c r="I128" s="1" t="s">
-        <v>240</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="129" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A129" s="29">
-        <v>5377</v>
+      <c r="A129" s="87">
+        <v>5380</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>1712</v>
-[...20 lines deleted...]
-        <v>1718</v>
+        <v>1173</v>
+      </c>
+      <c r="C129" s="72" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D129" s="73" t="s">
+        <v>298</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G129" s="37" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H129" s="1"/>
+      <c r="I129" s="1" t="s">
+        <v>1178</v>
       </c>
     </row>
     <row r="130" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A130" s="83">
-[...22 lines deleted...]
-      </c>
+      <c r="A130" s="43">
+        <v>5380</v>
+      </c>
+      <c r="B130" s="22" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D130" s="58" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E130" s="22" t="s">
+        <v>1432</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="G130" s="37" t="s">
+        <v>1434</v>
+      </c>
+      <c r="H130" s="1"/>
       <c r="I130" s="1" t="s">
-        <v>1918</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="131" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A131" s="87">
-        <v>5380</v>
+      <c r="A131" s="3">
+        <v>5500</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>1142</v>
-[...16 lines deleted...]
-      <c r="H131" s="1"/>
+        <v>74</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F131" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="G131" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H131" s="22"/>
       <c r="I131" s="1" t="s">
-        <v>1148</v>
+        <v>59</v>
       </c>
     </row>
     <row r="132" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A132" s="87">
-[...20 lines deleted...]
-      <c r="H132" s="1"/>
+      <c r="A132" s="82">
+        <v>5530</v>
+      </c>
+      <c r="B132" s="9" t="s">
+        <v>565</v>
+      </c>
+      <c r="C132" s="35" t="s">
+        <v>566</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E132" s="35" t="s">
+        <v>568</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="G132" s="69" t="s">
+        <v>570</v>
+      </c>
+      <c r="H132" s="35"/>
       <c r="I132" s="1" t="s">
-        <v>1210</v>
+        <v>571</v>
       </c>
     </row>
     <row r="133" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A133" s="43">
-[...9 lines deleted...]
-        <v>1472</v>
+      <c r="A133" s="3">
+        <v>5537</v>
+      </c>
+      <c r="B133" s="9" t="s">
+        <v>596</v>
+      </c>
+      <c r="C133" s="22" t="s">
+        <v>597</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>598</v>
       </c>
       <c r="E133" s="22" t="s">
-        <v>1473</v>
+        <v>599</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>1474</v>
-[...2 lines deleted...]
-        <v>1475</v>
+        <v>600</v>
+      </c>
+      <c r="G133" s="52" t="s">
+        <v>601</v>
       </c>
       <c r="H133" s="1"/>
       <c r="I133" s="1" t="s">
-        <v>1476</v>
+        <v>602</v>
       </c>
     </row>
     <row r="134" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A134" s="3">
-        <v>5500</v>
-[...19 lines deleted...]
-      <c r="H134" s="22"/>
+        <v>5541</v>
+      </c>
+      <c r="B134" s="22" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C134" s="73" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D134" s="77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="G134" s="30" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H134" s="21"/>
       <c r="I134" s="1" t="s">
-        <v>67</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="135" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A135" s="82">
-        <v>5530</v>
+      <c r="A135" s="12">
+        <v>5550</v>
       </c>
       <c r="B135" s="9" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>942</v>
+      </c>
+      <c r="C135" t="s">
+        <v>943</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>595</v>
+        <v>944</v>
+      </c>
+      <c r="E135" t="s">
+        <v>945</v>
       </c>
       <c r="F135" s="5" t="s">
-        <v>596</v>
-[...6 lines deleted...]
-        <v>598</v>
+        <v>946</v>
+      </c>
+      <c r="G135" s="41" t="s">
+        <v>955</v>
+      </c>
+      <c r="H135" s="5"/>
+      <c r="I135" s="5" t="s">
+        <v>947</v>
       </c>
     </row>
     <row r="136" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A136" s="3">
-        <v>5537</v>
-[...11 lines deleted...]
-        <v>626</v>
+        <v>5550</v>
+      </c>
+      <c r="B136" s="47" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C136" s="77" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D136" s="77" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>1125</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>628</v>
+        <v>1126</v>
+      </c>
+      <c r="G136" s="37" t="s">
+        <v>1127</v>
       </c>
       <c r="H136" s="1"/>
       <c r="I136" s="1" t="s">
-        <v>629</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="137" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A137" s="3">
-[...12 lines deleted...]
-        <v>1897</v>
+      <c r="A137" s="43">
+        <v>5570</v>
+      </c>
+      <c r="B137" s="9" t="s">
+        <v>584</v>
+      </c>
+      <c r="C137" s="22" t="s">
+        <v>585</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="E137" s="22" t="s">
+        <v>1893</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>1898</v>
-[...4 lines deleted...]
-      <c r="H137" s="21"/>
+        <v>1894</v>
+      </c>
+      <c r="G137" s="129" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H137" s="26" t="s">
+        <v>1896</v>
+      </c>
       <c r="I137" s="1" t="s">
-        <v>1900</v>
+        <v>587</v>
       </c>
     </row>
     <row r="138" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A138" s="12">
-        <v>5550</v>
+      <c r="A138" s="3">
+        <v>5575</v>
       </c>
       <c r="B138" s="9" t="s">
-        <v>969</v>
-[...18 lines deleted...]
-        <v>974</v>
+        <v>805</v>
+      </c>
+      <c r="C138" s="4" t="s">
+        <v>806</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>775</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="G138" s="52" t="s">
+        <v>807</v>
+      </c>
+      <c r="H138" s="7" t="s">
+        <v>778</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>808</v>
       </c>
     </row>
     <row r="139" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A139" s="43">
-        <v>5570</v>
+      <c r="A139" s="29">
+        <v>5590</v>
       </c>
       <c r="B139" s="9" t="s">
-        <v>611</v>
-[...20 lines deleted...]
-        <v>614</v>
+        <v>545</v>
+      </c>
+      <c r="C139" s="39" t="s">
+        <v>546</v>
+      </c>
+      <c r="D139" s="24" t="s">
+        <v>531</v>
+      </c>
+      <c r="E139" s="39" t="s">
+        <v>547</v>
+      </c>
+      <c r="F139" s="24" t="s">
+        <v>548</v>
+      </c>
+      <c r="G139" s="69" t="s">
+        <v>549</v>
+      </c>
+      <c r="H139" s="121" t="s">
+        <v>550</v>
+      </c>
+      <c r="I139" s="24" t="s">
+        <v>551</v>
       </c>
     </row>
     <row r="140" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A140" s="3">
-        <v>5575</v>
-[...8 lines deleted...]
-        <v>257</v>
+        <v>5590</v>
+      </c>
+      <c r="B140" s="47" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C140" s="77" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D140" s="77" t="s">
+        <v>426</v>
       </c>
       <c r="E140" s="4" t="s">
-        <v>802</v>
+        <v>1131</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>803</v>
-[...5 lines deleted...]
-        <v>805</v>
+        <v>1132</v>
+      </c>
+      <c r="G140" s="69" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H140" s="21" t="s">
+        <v>1134</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>835</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="141" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A141" s="29">
+      <c r="A141" s="110">
         <v>5590</v>
       </c>
-      <c r="B141" s="9" t="s">
-[...21 lines deleted...]
-        <v>578</v>
+      <c r="B141" s="22" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C141" s="114" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D141" s="58" t="s">
+        <v>1602</v>
+      </c>
+      <c r="E141" s="9" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F141" s="9" t="s">
+        <v>1604</v>
+      </c>
+      <c r="G141" s="30" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H141" s="9"/>
+      <c r="I141" s="9" t="s">
+        <v>1606</v>
       </c>
     </row>
     <row r="142" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A142" s="3">
-[...9 lines deleted...]
-        <v>446</v>
+      <c r="A142" s="43">
+        <v>5600</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C142" s="22" t="s">
+        <v>922</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>531</v>
       </c>
       <c r="E142" s="4" t="s">
-        <v>1163</v>
+        <v>1042</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>1164</v>
-[...8 lines deleted...]
-        <v>1167</v>
+        <v>1043</v>
+      </c>
+      <c r="G142" s="28" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H142" s="1"/>
+      <c r="I142" s="9" t="s">
+        <v>1045</v>
       </c>
     </row>
     <row r="143" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A143" s="111">
-[...20 lines deleted...]
-      <c r="H143" s="9"/>
+      <c r="A143" s="142">
+        <v>5600</v>
+      </c>
+      <c r="B143" s="143" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C143" s="144" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D143" s="145" t="s">
+        <v>18</v>
+      </c>
+      <c r="E143" s="144" t="s">
+        <v>1905</v>
+      </c>
+      <c r="F143" s="146" t="s">
+        <v>1906</v>
+      </c>
+      <c r="G143" s="21" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H143" s="22"/>
       <c r="I143" s="9" t="s">
-        <v>1647</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="144" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A144" s="43">
-        <v>5600</v>
+      <c r="A144" s="3">
+        <v>5640</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>949</v>
+        <v>870</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>871</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>558</v>
-[...12 lines deleted...]
-        <v>1077</v>
+        <v>872</v>
+      </c>
+      <c r="E144" s="13" t="s">
+        <v>873</v>
+      </c>
+      <c r="F144" s="22" t="s">
+        <v>874</v>
+      </c>
+      <c r="G144" s="7" t="s">
+        <v>875</v>
+      </c>
+      <c r="H144" s="22"/>
+      <c r="I144" s="1" t="s">
+        <v>876</v>
       </c>
     </row>
     <row r="145" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A145" s="3">
-[...20 lines deleted...]
-      <c r="H145" s="22"/>
+      <c r="A145" s="83">
+        <v>5650</v>
+      </c>
+      <c r="B145" s="39" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C145" s="63" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D145" s="63" t="s">
+        <v>523</v>
+      </c>
+      <c r="E145" s="32" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F145" s="24" t="s">
+        <v>1304</v>
+      </c>
+      <c r="G145" s="102" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H145" s="39"/>
       <c r="I145" s="1" t="s">
-        <v>903</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="146" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A146" s="83">
+      <c r="A146" s="3">
         <v>5650</v>
       </c>
-      <c r="B146" s="39" t="s">
-[...19 lines deleted...]
-        <v>1347</v>
+      <c r="B146" s="22" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G146" s="122" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H146" s="1"/>
+      <c r="I146" s="5" t="s">
+        <v>1402</v>
       </c>
     </row>
     <row r="147" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A147" s="3">
         <v>5650</v>
       </c>
       <c r="B147" s="22" t="s">
-        <v>1438</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>1637</v>
+      </c>
+      <c r="C147" s="77" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D147" s="77" t="s">
+        <v>677</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>1440</v>
+        <v>1857</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>1441</v>
-[...6 lines deleted...]
-        <v>1443</v>
+        <v>1858</v>
+      </c>
+      <c r="G147" s="30" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H147" s="70" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I147" s="1" t="s">
+        <v>1641</v>
       </c>
     </row>
     <row r="148" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A148" s="3">
-[...11 lines deleted...]
-      <c r="E148" s="1" t="s">
+      <c r="A148" s="29">
+        <v>5651</v>
+      </c>
+      <c r="B148" s="35" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C148" s="63" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D148" s="63" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E148" s="32" t="s">
+        <v>978</v>
+      </c>
+      <c r="F148" s="24" t="s">
+        <v>979</v>
+      </c>
+      <c r="G148" s="69" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H148" s="27" t="s">
+        <v>981</v>
+      </c>
+      <c r="I148" s="24" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="3">
+        <v>6001</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C149" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E149" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="G149" s="52" t="s">
+        <v>534</v>
+      </c>
+      <c r="H149" s="26" t="s">
+        <v>535</v>
+      </c>
+      <c r="I149" s="1" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="12">
+        <v>6001</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="F150" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="G150" s="131" t="s">
+        <v>207</v>
+      </c>
+      <c r="H150" s="5"/>
+      <c r="I150" s="1" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="3">
+        <v>6030</v>
+      </c>
+      <c r="B151" s="22" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G151" s="7" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H151" s="7" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="43">
+        <v>6040</v>
+      </c>
+      <c r="B152" s="22" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C152" s="115" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D152" s="58" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E152" s="22" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G152" s="136" t="s">
         <v>1901</v>
       </c>
-      <c r="F148" s="1" t="s">
-[...113 lines deleted...]
-      <c r="F152" s="1" t="s">
+      <c r="H152" s="1"/>
+      <c r="I152" s="1" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="12">
+        <v>6040</v>
+      </c>
+      <c r="B153" s="22" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C153" s="68" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F153" s="38" t="s">
+        <v>1720</v>
+      </c>
+      <c r="G153" s="21" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H153" s="26" t="s">
+        <v>1727</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="3">
+        <v>6041</v>
+      </c>
+      <c r="B154" s="22" t="s">
         <v>1351</v>
       </c>
-      <c r="G152" s="7" t="s">
+      <c r="C154" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="H152" s="7" t="s">
+      <c r="D154" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="E154" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="I152" s="5" t="s">
+      <c r="F154" s="1" t="s">
         <v>1354</v>
       </c>
-    </row>
-[...51 lines deleted...]
-      </c>
+      <c r="G154" s="122" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H154" s="1"/>
       <c r="I154" s="1" t="s">
-        <v>1772</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="155" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A155" s="3">
-[...9 lines deleted...]
-        <v>60</v>
+      <c r="A155" s="43">
+        <v>6044</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="C155" s="4" t="s">
+        <v>752</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>677</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>1394</v>
-[...9 lines deleted...]
-        <v>1397</v>
+        <v>938</v>
+      </c>
+      <c r="F155" s="4" t="s">
+        <v>939</v>
+      </c>
+      <c r="G155" s="7" t="s">
+        <v>940</v>
+      </c>
+      <c r="H155" s="46" t="s">
+        <v>941</v>
+      </c>
+      <c r="I155" s="24" t="s">
+        <v>756</v>
       </c>
     </row>
     <row r="156" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A156" s="43">
+      <c r="A156" s="3">
         <v>6044</v>
       </c>
-      <c r="B156" s="1" t="s">
-[...3 lines deleted...]
-        <v>779</v>
+      <c r="B156" s="22" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C156" s="91" t="s">
+        <v>1250</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>704</v>
+        <v>1251</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>965</v>
-[...11 lines deleted...]
-        <v>783</v>
+        <v>1252</v>
+      </c>
+      <c r="F156" s="13" t="s">
+        <v>939</v>
+      </c>
+      <c r="G156" s="8" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H156" s="21" t="s">
+        <v>941</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>1254</v>
       </c>
     </row>
     <row r="157" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A157" s="3">
-        <v>6044</v>
+        <v>6061</v>
       </c>
       <c r="B157" s="22" t="s">
-        <v>1285</v>
-[...14 lines deleted...]
-        <v>1289</v>
+        <v>1455</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D157" s="58" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E157" s="4" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="G157" s="52" t="s">
+        <v>1889</v>
       </c>
       <c r="H157" s="21" t="s">
-        <v>968</v>
+        <v>1460</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>1290</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="158" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A158" s="3">
-        <v>6061</v>
-[...11 lines deleted...]
-        <v>1499</v>
+        <v>6110</v>
+      </c>
+      <c r="B158" s="47" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C158" s="73" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D158" s="77" t="s">
+        <v>523</v>
+      </c>
+      <c r="E158" s="13" t="s">
+        <v>1224</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>1500</v>
-[...6 lines deleted...]
-      </c>
+        <v>1225</v>
+      </c>
+      <c r="G158" s="30" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H158" s="1"/>
       <c r="I158" s="1" t="s">
-        <v>1502</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="159" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A159" s="3">
+      <c r="A159" s="2">
         <v>6110</v>
       </c>
-      <c r="B159" s="47" t="s">
-[...19 lines deleted...]
-        <v>1263</v>
+      <c r="B159" s="22" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C159" s="105" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D159" s="105" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E159" s="24" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F159" s="24" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G159" s="78" t="s">
+        <v>1750</v>
+      </c>
+      <c r="I159" s="24" t="s">
+        <v>1751</v>
       </c>
     </row>
     <row r="160" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A160" s="2">
-        <v>6110</v>
+      <c r="A160" s="3">
+        <v>6120</v>
       </c>
       <c r="B160" s="22" t="s">
-        <v>1789</v>
-[...13 lines deleted...]
-      <c r="G160" s="78" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="G160" s="116" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H160" s="5"/>
+      <c r="I160" s="1" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="82">
+        <v>6120</v>
+      </c>
+      <c r="B161" s="35" t="s">
         <v>1794</v>
       </c>
-      <c r="I160" s="24" t="s">
+      <c r="C161" s="60" t="s">
         <v>1795</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>61</v>
+      <c r="D161" s="60" t="s">
+        <v>338</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F161" s="5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G161" s="25" t="s">
+        <v>1798</v>
       </c>
       <c r="H161" s="22"/>
       <c r="I161" s="1" t="s">
-        <v>66</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="162" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A162" s="3">
-[...23 lines deleted...]
-      </c>
+      <c r="A162" s="83">
+        <v>6142</v>
+      </c>
+      <c r="B162" s="39" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C162" s="101" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D162" s="101" t="s">
+        <v>17</v>
+      </c>
+      <c r="E162" s="39" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F162" s="24" t="s">
+        <v>1421</v>
+      </c>
+      <c r="G162" s="69" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H162" s="24"/>
+      <c r="I162" s="24"/>
     </row>
     <row r="163" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A163" s="82">
-[...18 lines deleted...]
-        <v>1842</v>
+      <c r="A163" s="3">
+        <v>6200</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="C163" s="4" t="s">
+        <v>752</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="F163" s="4" t="s">
+        <v>754</v>
+      </c>
+      <c r="G163" s="21" t="s">
+        <v>755</v>
       </c>
       <c r="H163" s="22"/>
       <c r="I163" s="1" t="s">
-        <v>1843</v>
+        <v>756</v>
       </c>
     </row>
     <row r="164" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A164" s="83">
-[...21 lines deleted...]
-      <c r="I164" s="24"/>
+      <c r="A164" s="3">
+        <v>6200</v>
+      </c>
+      <c r="B164" s="22" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C164" s="93" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D164" s="24" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F164" s="13" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G164" s="21" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H164" s="26" t="s">
+        <v>1242</v>
+      </c>
+      <c r="I164" s="1" t="s">
+        <v>1243</v>
+      </c>
     </row>
     <row r="165" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A165" s="3">
         <v>6200</v>
       </c>
-      <c r="B165" s="1" t="s">
-[...6 lines deleted...]
-        <v>704</v>
+      <c r="B165" s="22" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C165" s="73" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D165" s="73" t="s">
+        <v>1457</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>1633</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>1634</v>
       </c>
       <c r="G165" s="21" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="H165" s="22"/>
+        <v>1635</v>
+      </c>
+      <c r="H165" s="9"/>
       <c r="I165" s="1" t="s">
-        <v>783</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="166" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A166" s="3">
-        <v>6200</v>
-[...8 lines deleted...]
-        <v>1274</v>
+        <v>6230</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C166" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>261</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>1275</v>
-[...5 lines deleted...]
-        <v>1277</v>
+        <v>520</v>
+      </c>
+      <c r="F166" s="22" t="s">
+        <v>441</v>
+      </c>
+      <c r="G166" s="27" t="s">
+        <v>442</v>
       </c>
       <c r="H166" s="26" t="s">
-        <v>1278</v>
+        <v>443</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>1279</v>
-      </c>
+        <v>444</v>
+      </c>
+      <c r="J166" s="23"/>
     </row>
     <row r="167" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A167" s="3">
-        <v>6200</v>
-[...8 lines deleted...]
-        <v>1498</v>
+        <v>6250</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C167" s="118" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D167" s="105" t="s">
+        <v>1656</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>1674</v>
+        <v>1657</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>1675</v>
+        <v>1658</v>
       </c>
       <c r="G167" s="21" t="s">
-        <v>1676</v>
-[...1 lines deleted...]
-      <c r="H167" s="9"/>
+        <v>1659</v>
+      </c>
+      <c r="H167" s="70" t="s">
+        <v>1660</v>
+      </c>
       <c r="I167" s="1" t="s">
-        <v>1677</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="168" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A168" s="3">
-        <v>6230</v>
-[...25 lines deleted...]
-      <c r="J168" s="23"/>
+        <v>6280</v>
+      </c>
+      <c r="B168" s="22" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>933</v>
+      </c>
+      <c r="E168" s="96" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G168" s="122" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H168" s="1"/>
+      <c r="I168" s="96" t="s">
+        <v>1326</v>
+      </c>
     </row>
     <row r="169" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A169" s="3">
-[...24 lines deleted...]
-        <v>1705</v>
+      <c r="A169" s="29">
+        <v>6440</v>
+      </c>
+      <c r="B169" s="39" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C169" s="24" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1472</v>
+      </c>
+      <c r="E169" s="24" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F169" s="38" t="s">
+        <v>1474</v>
+      </c>
+      <c r="G169" s="27" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I169" s="24" t="s">
+        <v>1476</v>
       </c>
     </row>
     <row r="170" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A170" s="3">
-        <v>6280</v>
+      <c r="A170" s="43">
+        <v>6500</v>
       </c>
       <c r="B170" s="22" t="s">
-        <v>1362</v>
+        <v>1443</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>1363</v>
+        <v>1444</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>960</v>
-[...8 lines deleted...]
-        <v>1366</v>
+        <v>1152</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F170" s="4" t="s">
+        <v>1446</v>
+      </c>
+      <c r="G170" s="21" t="s">
+        <v>1447</v>
       </c>
       <c r="H170" s="1"/>
-      <c r="I170" s="96" t="s">
-        <v>1367</v>
+      <c r="I170" s="1" t="s">
+        <v>1448</v>
       </c>
     </row>
     <row r="171" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A171" s="29">
-[...21 lines deleted...]
-        <v>1517</v>
+      <c r="A171" s="43">
+        <v>6530</v>
+      </c>
+      <c r="B171" s="9" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C171" s="4" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F171" s="4" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G171" s="7" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H171" s="21" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I171" s="1" t="s">
+        <v>1201</v>
       </c>
     </row>
     <row r="172" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A172" s="43">
-        <v>6500</v>
+      <c r="A172" s="29">
+        <v>6560</v>
       </c>
       <c r="B172" s="22" t="s">
-        <v>1484</v>
-[...18 lines deleted...]
-        <v>1489</v>
+        <v>1449</v>
+      </c>
+      <c r="C172" s="24" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D172" s="101" t="s">
+        <v>905</v>
+      </c>
+      <c r="E172" s="32" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F172" s="24" t="s">
+        <v>1452</v>
+      </c>
+      <c r="G172" s="50" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H172" s="27" t="s">
+        <v>1454</v>
+      </c>
+      <c r="I172" s="24" t="s">
+        <v>1817</v>
       </c>
     </row>
     <row r="173" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A173" s="43">
-[...9 lines deleted...]
-        <v>1232</v>
+      <c r="A173" s="3">
+        <v>6600</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>183</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>1233</v>
-[...8 lines deleted...]
-        <v>1236</v>
+        <v>184</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G173" s="37" t="s">
+        <v>186</v>
+      </c>
+      <c r="H173" s="26" t="s">
+        <v>187</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>1237</v>
-      </c>
+        <v>188</v>
+      </c>
+      <c r="J173" s="23"/>
     </row>
     <row r="174" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A174" s="29">
-[...25 lines deleted...]
-      </c>
+      <c r="A174" s="3">
+        <v>6600</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G174" s="52" t="s">
+        <v>198</v>
+      </c>
+      <c r="H174" s="26" t="s">
+        <v>187</v>
+      </c>
+      <c r="I174" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="J174" s="23"/>
     </row>
     <row r="175" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A175" s="3">
         <v>6600</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>194</v>
-[...8 lines deleted...]
-        <v>197</v>
+        <v>491</v>
+      </c>
+      <c r="C175" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>199</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H175" s="26" t="s">
         <v>200</v>
       </c>
+      <c r="G175" s="7" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H175" s="7" t="s">
+        <v>201</v>
+      </c>
       <c r="I175" s="1" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="J175" s="23"/>
+        <v>1808</v>
+      </c>
     </row>
     <row r="176" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A176" s="3">
         <v>6600</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>208</v>
-[...8 lines deleted...]
-        <v>197</v>
+        <v>848</v>
+      </c>
+      <c r="C176" s="4" t="s">
+        <v>849</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="E176" s="4" t="s">
+        <v>851</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>198</v>
-[...10 lines deleted...]
-      <c r="J176" s="23"/>
+        <v>852</v>
+      </c>
+      <c r="G176" s="50" t="s">
+        <v>853</v>
+      </c>
+      <c r="H176" s="21" t="s">
+        <v>854</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>855</v>
+      </c>
     </row>
     <row r="177" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A177" s="3">
-        <v>6600</v>
+        <v>6640</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>518</v>
-[...8 lines deleted...]
-        <v>212</v>
+        <v>694</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>696</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>697</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>213</v>
-[...9 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="G177" s="52" t="s">
+        <v>699</v>
+      </c>
+      <c r="H177" s="21" t="s">
+        <v>700</v>
+      </c>
+      <c r="I177" s="57" t="s">
+        <v>701</v>
+      </c>
+      <c r="J177" s="23"/>
     </row>
     <row r="178" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A178" s="3">
-        <v>6600</v>
-[...2 lines deleted...]
-        <v>875</v>
+        <v>6640</v>
+      </c>
+      <c r="B178" s="9" t="s">
+        <v>798</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>876</v>
+        <v>799</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>877</v>
+        <v>800</v>
       </c>
       <c r="E178" s="4" t="s">
-        <v>878</v>
+        <v>801</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>879</v>
-[...8 lines deleted...]
-        <v>882</v>
+        <v>802</v>
+      </c>
+      <c r="G178" s="52" t="s">
+        <v>803</v>
+      </c>
+      <c r="H178" s="1"/>
+      <c r="I178" s="1" t="s">
+        <v>804</v>
       </c>
     </row>
     <row r="179" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A179" s="3">
         <v>6640</v>
       </c>
-      <c r="B179" s="1" t="s">
-[...9 lines deleted...]
-        <v>724</v>
+      <c r="B179" s="9" t="s">
+        <v>809</v>
+      </c>
+      <c r="C179" s="4" t="s">
+        <v>810</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="E179" s="4" t="s">
+        <v>811</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>725</v>
+        <v>812</v>
       </c>
       <c r="G179" s="52" t="s">
-        <v>726</v>
-[...7 lines deleted...]
-      <c r="J179" s="23"/>
+        <v>813</v>
+      </c>
+      <c r="H179" s="1"/>
+      <c r="I179" s="1" t="s">
+        <v>814</v>
+      </c>
     </row>
     <row r="180" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A180" s="3">
-[...22 lines deleted...]
-        <v>831</v>
+      <c r="A180" s="83">
+        <v>6661</v>
+      </c>
+      <c r="B180" s="35" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C180" s="63" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D180" s="63" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E180" s="32" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F180" s="24" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G180" s="69" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H180" s="27" t="s">
+        <v>1142</v>
+      </c>
+      <c r="I180" s="24" t="s">
+        <v>1143</v>
       </c>
     </row>
     <row r="181" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A181" s="3">
-        <v>6640</v>
-[...11 lines deleted...]
-        <v>838</v>
+        <v>6661</v>
+      </c>
+      <c r="B181" s="22" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C181" s="73" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D181" s="73" t="s">
+        <v>168</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>1626</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>839</v>
-[...4 lines deleted...]
-      <c r="H181" s="1"/>
+        <v>1627</v>
+      </c>
+      <c r="G181" s="121" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H181" s="21" t="s">
+        <v>1629</v>
+      </c>
       <c r="I181" s="1" t="s">
-        <v>841</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="182" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A182" s="83">
-[...24 lines deleted...]
-        <v>1175</v>
+      <c r="A182" s="43">
+        <v>6687</v>
+      </c>
+      <c r="B182" s="22" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C182" s="114" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D182" s="58" t="s">
+        <v>347</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F182" s="13" t="s">
+        <v>1610</v>
+      </c>
+      <c r="G182" s="27" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H182" s="21" t="s">
+        <v>1612</v>
+      </c>
+      <c r="I182" s="1" t="s">
+        <v>1613</v>
       </c>
     </row>
     <row r="183" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A183" s="3">
-        <v>6661</v>
-[...23 lines deleted...]
-        <v>1671</v>
+        <v>6700</v>
+      </c>
+      <c r="B183" s="9" t="s">
+        <v>815</v>
+      </c>
+      <c r="C183" s="10" t="s">
+        <v>816</v>
+      </c>
+      <c r="D183" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="10" t="s">
+        <v>817</v>
+      </c>
+      <c r="F183" s="9" t="s">
+        <v>818</v>
+      </c>
+      <c r="G183" s="49" t="s">
+        <v>819</v>
+      </c>
+      <c r="H183" s="70" t="s">
+        <v>820</v>
+      </c>
+      <c r="I183" s="9" t="s">
+        <v>821</v>
       </c>
     </row>
     <row r="184" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A184" s="43">
-[...24 lines deleted...]
-        <v>1654</v>
+      <c r="A184" s="12">
+        <v>6700</v>
+      </c>
+      <c r="B184" s="9" t="s">
+        <v>856</v>
+      </c>
+      <c r="C184" t="s">
+        <v>857</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="E184" t="s">
+        <v>858</v>
+      </c>
+      <c r="F184" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="G184" s="42" t="s">
+        <v>860</v>
+      </c>
+      <c r="H184" s="25" t="s">
+        <v>861</v>
+      </c>
+      <c r="I184" s="9" t="s">
+        <v>862</v>
       </c>
     </row>
     <row r="185" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A185" s="3">
-        <v>6700</v>
+        <v>6717</v>
       </c>
       <c r="B185" s="9" t="s">
+        <v>841</v>
+      </c>
+      <c r="C185" s="4" t="s">
         <v>842</v>
       </c>
-      <c r="C185" s="10" t="s">
+      <c r="D185" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E185" s="4" t="s">
         <v>843</v>
       </c>
-      <c r="D185" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="10" t="s">
+      <c r="F185" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="F185" s="9" t="s">
+      <c r="G185" s="42" t="s">
         <v>845</v>
       </c>
-      <c r="G185" s="49" t="s">
+      <c r="H185" s="21" t="s">
         <v>846</v>
       </c>
-      <c r="H185" s="70" t="s">
+      <c r="I185" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="I185" s="9" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="186" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A186" s="12">
-[...24 lines deleted...]
-        <v>889</v>
+      <c r="A186" s="3">
+        <v>6720</v>
+      </c>
+      <c r="B186" s="22" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C186" s="77" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D186" s="77" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="G186" s="27" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H186" s="9"/>
+      <c r="I186" s="1" t="s">
+        <v>1653</v>
       </c>
     </row>
     <row r="187" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A187" s="3">
-        <v>6717</v>
+      <c r="A187" s="12">
+        <v>6723</v>
       </c>
       <c r="B187" s="9" t="s">
-        <v>868</v>
-[...20 lines deleted...]
-        <v>874</v>
+        <v>791</v>
+      </c>
+      <c r="C187" t="s">
+        <v>792</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="E187" t="s">
+        <v>794</v>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="G187" s="21" t="s">
+        <v>796</v>
+      </c>
+      <c r="H187" s="5"/>
+      <c r="I187" s="5" t="s">
+        <v>797</v>
       </c>
     </row>
     <row r="188" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A188" s="3">
-        <v>6720</v>
-[...11 lines deleted...]
-        <v>1694</v>
+        <v>6750</v>
+      </c>
+      <c r="B188" s="9" t="s">
+        <v>788</v>
+      </c>
+      <c r="C188" s="4" t="s">
+        <v>789</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>901</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>1695</v>
-[...4 lines deleted...]
-      <c r="H188" s="9"/>
+        <v>902</v>
+      </c>
+      <c r="G188" s="52" t="s">
+        <v>790</v>
+      </c>
+      <c r="H188" s="1"/>
       <c r="I188" s="1" t="s">
-        <v>1697</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="189" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A189" s="12">
-        <v>6723</v>
+      <c r="A189" s="43">
+        <v>6769</v>
       </c>
       <c r="B189" s="9" t="s">
-        <v>818</v>
-[...18 lines deleted...]
-        <v>824</v>
+        <v>908</v>
+      </c>
+      <c r="C189" s="4" t="s">
+        <v>909</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="E189" s="4" t="s">
+        <v>911</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="G189" s="69" t="s">
+        <v>913</v>
+      </c>
+      <c r="H189" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="I189" s="1" t="s">
+        <v>915</v>
       </c>
     </row>
     <row r="190" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A190" s="3">
-        <v>6750</v>
-[...11 lines deleted...]
-        <v>928</v>
+        <v>6800</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>1776</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>929</v>
-[...4 lines deleted...]
-      <c r="H190" s="1"/>
+        <v>164</v>
+      </c>
+      <c r="G190" s="28" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H190" s="26"/>
       <c r="I190" s="1" t="s">
-        <v>1896</v>
-      </c>
+        <v>165</v>
+      </c>
+      <c r="J190" s="23"/>
     </row>
     <row r="191" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A191" s="43">
-[...21 lines deleted...]
-        <v>941</v>
+      <c r="A191" s="12">
+        <v>6800</v>
+      </c>
+      <c r="B191" s="24" t="s">
+        <v>189</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D191" t="s">
+        <v>168</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="G191" s="50" t="s">
+        <v>192</v>
+      </c>
+      <c r="H191" s="26" t="s">
+        <v>193</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>942</v>
-      </c>
+        <v>194</v>
+      </c>
+      <c r="J191" s="23"/>
     </row>
     <row r="192" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A192" s="3">
         <v>6800</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>174</v>
+        <v>650</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>175</v>
+        <v>651</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>176</v>
+        <v>338</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>1820</v>
+        <v>652</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>177</v>
-[...6 lines deleted...]
-        <v>178</v>
+        <v>653</v>
+      </c>
+      <c r="G192" s="52" t="s">
+        <v>654</v>
+      </c>
+      <c r="H192" s="49"/>
+      <c r="I192" s="56" t="s">
+        <v>655</v>
       </c>
       <c r="J192" s="23"/>
     </row>
-    <row r="193" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A193" s="12">
+    <row r="193" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A193" s="82">
         <v>6800</v>
       </c>
-      <c r="B193" s="24" t="s">
-[...64 lines deleted...]
-        <v>1184</v>
+      <c r="B193" s="47" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C193" s="73" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D193" s="73" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E193" s="4" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G193" s="52" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H193" s="21" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A194" s="29">
+        <v>6832</v>
+      </c>
+      <c r="B194" s="9" t="s">
+        <v>780</v>
+      </c>
+      <c r="C194" t="s">
+        <v>781</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="E194" t="s">
+        <v>783</v>
+      </c>
+      <c r="F194" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="G194" s="41" t="s">
+        <v>785</v>
+      </c>
+      <c r="H194" s="25" t="s">
+        <v>786</v>
+      </c>
+      <c r="I194" s="1" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A195" s="3">
+        <v>6840</v>
+      </c>
+      <c r="B195" s="9" t="s">
+        <v>773</v>
+      </c>
+      <c r="C195" s="4" t="s">
+        <v>774</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>18</v>
       </c>
       <c r="E195" s="4" t="s">
-        <v>1185</v>
+        <v>775</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1187</v>
+        <v>776</v>
+      </c>
+      <c r="G195" s="69" t="s">
+        <v>777</v>
       </c>
       <c r="H195" s="21" t="s">
-        <v>1188</v>
-[...7 lines deleted...]
-        <v>6832</v>
+        <v>778</v>
+      </c>
+      <c r="I195" s="1" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="3">
+        <v>6850</v>
       </c>
       <c r="B196" s="9" t="s">
-        <v>807</v>
-[...23 lines deleted...]
-    <row r="197" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+        <v>764</v>
+      </c>
+      <c r="C196" s="4" t="s">
+        <v>765</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="E196" s="13" t="s">
+        <v>767</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="G196" s="7" t="s">
+        <v>769</v>
+      </c>
+      <c r="H196" s="21" t="s">
+        <v>770</v>
+      </c>
+      <c r="I196" s="68" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A197" s="3">
-        <v>6840</v>
-[...11 lines deleted...]
-        <v>802</v>
+        <v>6850</v>
+      </c>
+      <c r="B197" s="22" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C197" s="63" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D197" s="63" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E197" s="13" t="s">
+        <v>1863</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>803</v>
-[...6 lines deleted...]
-      </c>
+        <v>1864</v>
+      </c>
+      <c r="G197" s="21" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H197" s="9"/>
       <c r="I197" s="1" t="s">
-        <v>806</v>
-[...4 lines deleted...]
-        <v>6850</v>
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="43">
+        <v>6852</v>
       </c>
       <c r="B198" s="9" t="s">
-        <v>791</v>
+        <v>916</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>792</v>
+        <v>917</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-        <v>794</v>
+        <v>217</v>
+      </c>
+      <c r="E198" s="4" t="s">
+        <v>918</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>795</v>
-[...11 lines deleted...]
-    <row r="199" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+        <v>919</v>
+      </c>
+      <c r="G198" s="78" t="s">
+        <v>920</v>
+      </c>
+      <c r="H198" s="1"/>
+      <c r="I198" s="1" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A199" s="3">
-        <v>6850</v>
-[...11 lines deleted...]
-        <v>1907</v>
+        <v>6860</v>
+      </c>
+      <c r="B199" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="D199" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>91</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>1908</v>
-[...4 lines deleted...]
-      <c r="H199" s="9"/>
+        <v>42</v>
+      </c>
+      <c r="G199" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H199" s="7" t="s">
+        <v>49</v>
+      </c>
       <c r="I199" s="1" t="s">
-        <v>1910</v>
-[...22 lines deleted...]
-        <v>947</v>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="3">
+        <v>6870</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F200" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="G200" s="21" t="s">
+        <v>158</v>
       </c>
       <c r="H200" s="1"/>
       <c r="I200" s="1" t="s">
-        <v>948</v>
-[...4 lines deleted...]
-        <v>6860</v>
+        <v>159</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="29">
+        <v>6880</v>
       </c>
       <c r="B201" s="9" t="s">
-        <v>80</v>
-[...19 lines deleted...]
-      <c r="I201" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="C201" s="32" t="s">
+        <v>758</v>
+      </c>
+      <c r="D201" s="24" t="s">
+        <v>759</v>
+      </c>
+      <c r="E201" s="32" t="s">
+        <v>760</v>
+      </c>
+      <c r="F201" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="G201" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="H201" s="24"/>
+      <c r="I201" s="67" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A202" s="3">
+        <v>6900</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="E202" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="G202" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="H202" s="44"/>
+      <c r="I202" s="1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A203" s="3">
+        <v>6920</v>
+      </c>
+      <c r="B203" s="9" t="s">
+        <v>863</v>
+      </c>
+      <c r="C203" s="4" t="s">
+        <v>864</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E203" s="4" t="s">
+        <v>865</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="G203" s="50" t="s">
+        <v>867</v>
+      </c>
+      <c r="H203" s="21" t="s">
+        <v>868</v>
+      </c>
+      <c r="I203" s="1" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A204" s="87">
+        <v>6941</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C204" s="88" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D204" s="77" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E204" s="13" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G204" s="65" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H204" s="21" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I204" s="1" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="3">
+        <v>6960</v>
+      </c>
+      <c r="B205" s="9" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C205" s="22" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="E205" s="4" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G205" s="30" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H205" s="1"/>
+      <c r="I205" s="1" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="3">
+        <v>6990</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G206" s="52" t="s">
+        <v>53</v>
+      </c>
+      <c r="H206" s="22"/>
+      <c r="I206" s="9" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="202" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-[...140 lines deleted...]
-        <v>6960</v>
+    <row r="207" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="83">
+        <v>6997</v>
       </c>
       <c r="B207" s="9" t="s">
-        <v>1069</v>
-[...21 lines deleted...]
-    <row r="208" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+        <v>1005</v>
+      </c>
+      <c r="C207" s="39" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D207" s="24" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E207" s="32" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F207" s="24" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G207" s="69" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H207" s="24"/>
+      <c r="I207" s="24" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A208" s="3">
-        <v>6980</v>
+        <v>7000</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>82</v>
+        <v>110</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>111</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>112</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>68</v>
-[...8 lines deleted...]
-        <v>103</v>
+        <v>113</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="G208" s="84" t="s">
+        <v>114</v>
+      </c>
+      <c r="H208" s="21" t="s">
+        <v>499</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
     </row>
     <row r="209" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A209" s="3">
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="A209" s="43">
+        <v>7000</v>
+      </c>
+      <c r="B209" s="22" t="s">
+        <v>1436</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>6</v>
+        <v>1437</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>108</v>
-[...9 lines deleted...]
-        <v>48</v>
+        <v>1438</v>
+      </c>
+      <c r="F209" s="4" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G209" s="44" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H209" s="1"/>
+      <c r="I209" s="1" t="s">
+        <v>1441</v>
       </c>
     </row>
     <row r="210" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A210" s="83">
-        <v>6997</v>
+      <c r="A210" s="3">
+        <v>7000</v>
       </c>
       <c r="B210" s="9" t="s">
-        <v>1032</v>
-[...18 lines deleted...]
-        <v>1038</v>
+        <v>1827</v>
+      </c>
+      <c r="C210" s="22" t="s">
+        <v>222</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E210" s="13" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="G210" s="13" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H210" s="1"/>
+      <c r="I210" s="1" t="s">
+        <v>1832</v>
       </c>
     </row>
     <row r="211" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A211" s="3">
-[...12 lines deleted...]
-        <v>126</v>
+      <c r="A211" s="43">
+        <v>7011</v>
+      </c>
+      <c r="B211" s="47" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C211" s="73" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D211" s="77" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E211" s="4" t="s">
+        <v>1161</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>1162</v>
+      </c>
+      <c r="G211" s="37" t="s">
+        <v>1163</v>
       </c>
       <c r="H211" s="21" t="s">
-        <v>526</v>
+        <v>1164</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>128</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="212" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A212" s="43">
-[...3 lines deleted...]
-        <v>1477</v>
+      <c r="A212" s="3">
+        <v>7020</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>247</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>1478</v>
-[...13 lines deleted...]
-      <c r="H212" s="1"/>
+        <v>248</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="G212" s="28" t="s">
+        <v>251</v>
+      </c>
+      <c r="H212" s="30" t="s">
+        <v>252</v>
+      </c>
       <c r="I212" s="1" t="s">
-        <v>1482</v>
+        <v>253</v>
       </c>
     </row>
     <row r="213" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A213" s="3">
-        <v>7000</v>
+        <v>7021</v>
       </c>
       <c r="B213" s="9" t="s">
-        <v>1871</v>
+        <v>635</v>
       </c>
       <c r="C213" s="22" t="s">
-        <v>242</v>
+        <v>636</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>1872</v>
-[...2 lines deleted...]
-        <v>1873</v>
+        <v>637</v>
+      </c>
+      <c r="E213" s="22" t="s">
+        <v>638</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>1874</v>
-[...4 lines deleted...]
-      <c r="H213" s="1"/>
+        <v>639</v>
+      </c>
+      <c r="G213" s="7" t="s">
+        <v>640</v>
+      </c>
+      <c r="H213" s="23"/>
       <c r="I213" s="1" t="s">
-        <v>1876</v>
+        <v>641</v>
       </c>
     </row>
     <row r="214" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A214" s="43">
-[...24 lines deleted...]
-        <v>1197</v>
+      <c r="A214" s="3">
+        <v>7022</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="D214" t="s">
+        <v>306</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="F214" s="55" t="s">
+        <v>307</v>
+      </c>
+      <c r="G214" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="H214" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="I214" s="36" t="s">
+        <v>310</v>
       </c>
     </row>
     <row r="215" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A215" s="3">
-[...6 lines deleted...]
-        <v>268</v>
+      <c r="A215" s="12">
+        <v>7031</v>
+      </c>
+      <c r="B215" s="9" t="s">
+        <v>629</v>
+      </c>
+      <c r="C215" s="22" t="s">
+        <v>630</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        <v>273</v>
+        <v>17</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="G215" s="78" t="s">
+        <v>633</v>
+      </c>
+      <c r="H215" s="41"/>
+      <c r="I215" s="5" t="s">
+        <v>634</v>
       </c>
     </row>
     <row r="216" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A216" s="3">
-        <v>7021</v>
-[...5 lines deleted...]
-        <v>663</v>
+        <v>7033</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>222</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>664</v>
-[...5 lines deleted...]
-        <v>666</v>
+        <v>223</v>
+      </c>
+      <c r="E216" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="F216" s="22" t="s">
+        <v>225</v>
       </c>
       <c r="G216" s="7" t="s">
-        <v>667</v>
-[...3 lines deleted...]
-        <v>668</v>
+        <v>226</v>
+      </c>
+      <c r="H216" s="4"/>
+      <c r="I216" s="24" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="217" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A217" s="3">
-[...9 lines deleted...]
-        <v>326</v>
+      <c r="A217" s="12">
+        <v>7040</v>
+      </c>
+      <c r="B217" s="22" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C217" s="91" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>1246</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>126</v>
-[...11 lines deleted...]
-        <v>330</v>
+        <v>1883</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="G217" s="27" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H217" s="46" t="s">
+        <v>1816</v>
+      </c>
+      <c r="I217" s="24" t="s">
+        <v>1248</v>
       </c>
     </row>
     <row r="218" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A218" s="12">
-        <v>7031</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>7050</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="C218" t="s">
+        <v>270</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>658</v>
-[...9 lines deleted...]
-        <v>661</v>
+        <v>271</v>
+      </c>
+      <c r="F218" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G218" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="H218" s="4"/>
+      <c r="I218" s="1" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="219" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A219" s="3">
-        <v>7033</v>
+        <v>7060</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>241</v>
+        <v>1545</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>242</v>
+        <v>1546</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>244</v>
-[...9 lines deleted...]
-        <v>247</v>
+        <v>1547</v>
+      </c>
+      <c r="F219" s="4" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G219" s="21" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H219" s="28"/>
+      <c r="I219" s="1" t="s">
+        <v>1550</v>
       </c>
     </row>
     <row r="220" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A220" s="12">
-[...24 lines deleted...]
-        <v>1284</v>
+      <c r="A220" s="29">
+        <v>7061</v>
+      </c>
+      <c r="B220" s="39" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C220" s="93" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D220" s="24" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E220" s="24" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F220" s="31" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G220" s="25" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H220" s="40" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I220" s="135" t="s">
+        <v>1818</v>
       </c>
     </row>
     <row r="221" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A221" s="3">
-        <v>7041</v>
+        <v>7061</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-        <v>217</v>
+        <v>1662</v>
+      </c>
+      <c r="C221" s="139" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D221" s="112" t="s">
+        <v>1664</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>218</v>
-[...7 lines deleted...]
-      <c r="H221" s="4"/>
+        <v>1881</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="G221" s="30" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H221" s="21" t="s">
+        <v>1666</v>
+      </c>
       <c r="I221" s="1" t="s">
-        <v>221</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="222" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A222" s="12">
-        <v>7050</v>
+        <v>7070</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>116</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>117</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>22</v>
+        <v>118</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>291</v>
+        <v>119</v>
       </c>
       <c r="F222" s="35" t="s">
-        <v>292</v>
-[...6 lines deleted...]
-        <v>294</v>
+        <v>120</v>
+      </c>
+      <c r="G222" s="138" t="s">
+        <v>121</v>
+      </c>
+      <c r="H222" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="I222" s="9" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="223" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A223" s="3">
-[...20 lines deleted...]
-      <c r="H223" s="28"/>
+      <c r="A223" s="147">
+        <v>7070</v>
+      </c>
+      <c r="B223" s="143" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C223" s="148" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D223" s="143" t="s">
+        <v>7</v>
+      </c>
+      <c r="E223" s="143" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="G223" s="30" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H223" s="1"/>
       <c r="I223" s="1" t="s">
-        <v>1591</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="224" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A224" s="29">
-[...25 lines deleted...]
-      </c>
+      <c r="A224" s="3">
+        <v>7090</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D224" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="F224" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G224" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H224" s="4"/>
+      <c r="I224" s="1"/>
     </row>
     <row r="225" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A225" s="3">
-        <v>7061</v>
+        <v>7090</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>1706</v>
-[...17 lines deleted...]
-        <v>1710</v>
+        <v>291</v>
+      </c>
+      <c r="C225" s="22" t="s">
+        <v>292</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E225" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="F225" s="22" t="s">
+        <v>294</v>
+      </c>
+      <c r="G225" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="H225" s="30" t="s">
+        <v>296</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>1711</v>
+        <v>297</v>
       </c>
     </row>
     <row r="226" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A226" s="12">
-[...24 lines deleted...]
-        <v>136</v>
+      <c r="A226" s="29">
+        <v>7100</v>
+      </c>
+      <c r="B226" s="22" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F226" s="5" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G226" s="27" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H226" s="46" t="s">
+        <v>1234</v>
+      </c>
+      <c r="I226" s="1" t="s">
+        <v>1235</v>
       </c>
     </row>
     <row r="227" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A227" s="3">
-        <v>7070</v>
+        <v>7110</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>1327</v>
-[...2 lines deleted...]
-        <v>1328</v>
+        <v>262</v>
+      </c>
+      <c r="C227" s="4" t="s">
+        <v>263</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>8</v>
-[...14 lines deleted...]
-        <v>1332</v>
+        <v>9</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="F227" s="22" t="s">
+        <v>265</v>
+      </c>
+      <c r="G227" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="H227" s="30" t="s">
+        <v>267</v>
+      </c>
+      <c r="I227" s="24" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="228" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A228" s="3">
-[...21 lines deleted...]
-      <c r="I228" s="1"/>
+      <c r="A228" s="12">
+        <v>7110</v>
+      </c>
+      <c r="B228" s="9" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C228" s="35" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="E228" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F228" s="5" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G228" s="50" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H228" s="5"/>
+      <c r="I228" s="24" t="s">
+        <v>1024</v>
+      </c>
     </row>
     <row r="229" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A229" s="3">
-        <v>7090</v>
-[...5 lines deleted...]
-        <v>312</v>
+        <v>7110</v>
+      </c>
+      <c r="B229" s="22" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C229" s="91" t="s">
+        <v>1273</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>314</v>
+        <v>1274</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F229" s="13" t="s">
+        <v>1276</v>
       </c>
       <c r="G229" s="7" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>1277</v>
+      </c>
+      <c r="H229" s="22"/>
       <c r="I229" s="1" t="s">
-        <v>317</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="230" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A230" s="29">
-        <v>7100</v>
+      <c r="A230" s="12">
+        <v>7110</v>
       </c>
       <c r="B230" s="22" t="s">
-        <v>1264</v>
-[...18 lines deleted...]
-      </c>
+        <v>1279</v>
+      </c>
+      <c r="C230" s="92" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F230" s="38" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G230" s="7" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H230" s="22"/>
       <c r="I230" s="1" t="s">
-        <v>1271</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="231" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A231" s="3">
         <v>7110</v>
       </c>
-      <c r="B231" s="1" t="s">
-[...21 lines deleted...]
-        <v>288</v>
+      <c r="B231" s="22" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E231" s="96" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G231" s="84" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H231" s="1"/>
+      <c r="I231" s="1" t="s">
+        <v>1333</v>
       </c>
     </row>
     <row r="232" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A232" s="12">
-        <v>7110</v>
+      <c r="A232" s="3">
+        <v>7120</v>
       </c>
       <c r="B232" s="9" t="s">
-        <v>1046</v>
-[...18 lines deleted...]
-        <v>1051</v>
+        <v>603</v>
+      </c>
+      <c r="C232" s="22" t="s">
+        <v>604</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="E232" s="22" t="s">
+        <v>606</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="G232" s="78" t="s">
+        <v>608</v>
+      </c>
+      <c r="H232" s="22"/>
+      <c r="I232" s="1" t="s">
+        <v>609</v>
       </c>
     </row>
     <row r="233" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A233" s="3">
-        <v>7110</v>
-[...5 lines deleted...]
-        <v>1310</v>
+        <v>7130</v>
+      </c>
+      <c r="B233" s="9" t="s">
+        <v>835</v>
+      </c>
+      <c r="C233" s="4" t="s">
+        <v>836</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1311</v>
-[...5 lines deleted...]
-        <v>1313</v>
+        <v>837</v>
+      </c>
+      <c r="E233" s="4" t="s">
+        <v>838</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>839</v>
       </c>
       <c r="G233" s="7" t="s">
-        <v>1314</v>
-[...1 lines deleted...]
-      <c r="H233" s="22"/>
+        <v>878</v>
+      </c>
+      <c r="H233" s="7" t="s">
+        <v>879</v>
+      </c>
       <c r="I233" s="1" t="s">
-        <v>1315</v>
+        <v>840</v>
       </c>
     </row>
     <row r="234" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A234" s="12">
-[...20 lines deleted...]
-      <c r="H234" s="22"/>
+      <c r="A234" s="83">
+        <v>7140</v>
+      </c>
+      <c r="B234" s="39" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C234" s="101" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D234" s="130" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E234" s="32" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G234" s="50" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H234" s="1"/>
       <c r="I234" s="1" t="s">
-        <v>1320</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="235" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A235" s="3">
-        <v>7110</v>
+        <v>7141</v>
       </c>
       <c r="B235" s="22" t="s">
-        <v>1368</v>
-[...18 lines deleted...]
-        <v>1374</v>
+        <v>1614</v>
+      </c>
+      <c r="C235" s="58" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D235" s="58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F235" s="10" t="s">
+        <v>1849</v>
+      </c>
+      <c r="G235" s="7" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H235" s="9"/>
+      <c r="I235" s="9" t="s">
+        <v>1617</v>
       </c>
     </row>
     <row r="236" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A236" s="3">
-[...15 lines deleted...]
-        <v>634</v>
+      <c r="A236" s="29">
+        <v>7160</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="C236" s="39" t="s">
+        <v>614</v>
+      </c>
+      <c r="D236" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E236" s="24" t="s">
+        <v>615</v>
+      </c>
+      <c r="F236" s="24" t="s">
+        <v>616</v>
       </c>
       <c r="G236" s="78" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="H236" s="22"/>
+        <v>617</v>
+      </c>
+      <c r="H236" s="39"/>
       <c r="I236" s="1" t="s">
-        <v>636</v>
+        <v>618</v>
       </c>
     </row>
     <row r="237" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A237" s="3">
-        <v>7130</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>7160</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>903</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>863</v>
+        <v>904</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>864</v>
+        <v>905</v>
       </c>
       <c r="E237" s="4" t="s">
-        <v>865</v>
+        <v>1836</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>866</v>
-[...4 lines deleted...]
-      <c r="H237" s="7" t="s">
+        <v>1837</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H237" s="21" t="s">
         <v>906</v>
       </c>
-      <c r="I237" s="1" t="s">
-        <v>867</v>
+      <c r="I237" s="24" t="s">
+        <v>907</v>
       </c>
     </row>
     <row r="238" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A238" s="83">
-[...20 lines deleted...]
-      <c r="H238" s="1"/>
+      <c r="A238" s="15">
+        <v>7170</v>
+      </c>
+      <c r="B238" s="9" t="s">
+        <v>254</v>
+      </c>
+      <c r="C238" s="9" t="s">
+        <v>255</v>
+      </c>
+      <c r="D238" s="9" t="s">
+        <v>256</v>
+      </c>
+      <c r="E238" s="57" t="s">
+        <v>257</v>
+      </c>
+      <c r="F238" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="G238" s="80" t="s">
+        <v>259</v>
+      </c>
+      <c r="H238" s="9"/>
       <c r="I238" s="1" t="s">
-        <v>1578</v>
+        <v>260</v>
       </c>
     </row>
     <row r="239" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A239" s="3">
-[...12 lines deleted...]
-        <v>1892</v>
+      <c r="A239" s="15">
+        <v>7181</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C239" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D239" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E239" s="9" t="s">
+        <v>66</v>
       </c>
       <c r="F239" s="10" t="s">
-        <v>1893</v>
+        <v>67</v>
       </c>
       <c r="G239" s="7" t="s">
-        <v>1657</v>
-[...1 lines deleted...]
-      <c r="H239" s="9"/>
+        <v>86</v>
+      </c>
+      <c r="H239" s="48" t="s">
+        <v>318</v>
+      </c>
       <c r="I239" s="9" t="s">
-        <v>1658</v>
+        <v>68</v>
       </c>
     </row>
     <row r="240" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A240" s="29">
-[...22 lines deleted...]
-        <v>645</v>
+      <c r="A240" s="15">
+        <v>7301</v>
+      </c>
+      <c r="B240" s="9" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C240" s="47" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D240" s="9" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E240" s="10" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F240" s="9" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G240" s="48" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H240" s="9"/>
+      <c r="I240" s="9" t="s">
+        <v>1052</v>
       </c>
     </row>
     <row r="241" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A241" s="3">
-[...6 lines deleted...]
-        <v>931</v>
+      <c r="A241" s="12">
+        <v>7301</v>
+      </c>
+      <c r="B241" s="22" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C241" s="91" t="s">
+        <v>1263</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>932</v>
-[...15 lines deleted...]
-      </c>
+        <v>1264</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F241" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G241" s="7" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H241" s="22"/>
+      <c r="I241" s="1"/>
     </row>
     <row r="242" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A242" s="15">
-        <v>7170</v>
+      <c r="A242" s="3">
+        <v>7332</v>
       </c>
       <c r="B242" s="9" t="s">
-        <v>274</v>
-[...16 lines deleted...]
-      <c r="H242" s="9"/>
+        <v>976</v>
+      </c>
+      <c r="C242" s="4" t="s">
+        <v>977</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E242" s="13" t="s">
+        <v>978</v>
+      </c>
+      <c r="F242" s="22" t="s">
+        <v>979</v>
+      </c>
+      <c r="G242" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="H242" s="52" t="s">
+        <v>981</v>
+      </c>
       <c r="I242" s="1" t="s">
-        <v>280</v>
+        <v>982</v>
       </c>
     </row>
     <row r="243" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A243" s="15">
-[...15 lines deleted...]
-        <v>77</v>
+      <c r="A243" s="3">
+        <v>7332</v>
+      </c>
+      <c r="B243" s="22" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>1362</v>
       </c>
       <c r="G243" s="7" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>1363</v>
+      </c>
+      <c r="H243" s="22"/>
+      <c r="I243" s="1" t="s">
+        <v>1364</v>
       </c>
     </row>
     <row r="244" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A244" s="15">
-[...22 lines deleted...]
-        <v>1084</v>
+      <c r="A244" s="3">
+        <v>7340</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C244" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="G244" s="7" t="s">
+        <v>450</v>
+      </c>
+      <c r="H244" s="37"/>
+      <c r="I244" s="1" t="s">
+        <v>451</v>
       </c>
     </row>
     <row r="245" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A245" s="12">
-[...6 lines deleted...]
-        <v>1299</v>
+      <c r="A245" s="3">
+        <v>7340</v>
+      </c>
+      <c r="B245" s="9" t="s">
+        <v>983</v>
+      </c>
+      <c r="C245" s="22" t="s">
+        <v>984</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>1300</v>
-[...11 lines deleted...]
-      <c r="I245" s="1"/>
+        <v>985</v>
+      </c>
+      <c r="E245" s="22" t="s">
+        <v>986</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="G245" s="81" t="s">
+        <v>988</v>
+      </c>
+      <c r="H245" s="21" t="s">
+        <v>989</v>
+      </c>
+      <c r="I245" s="1" t="s">
+        <v>990</v>
+      </c>
     </row>
     <row r="246" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A246" s="3">
-        <v>7332</v>
-[...20 lines deleted...]
-        <v>1008</v>
+        <v>7370</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C246" s="114" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D246" s="58" t="s">
+        <v>168</v>
+      </c>
+      <c r="E246" s="4" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="G246" s="21" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H246" s="21" t="s">
+        <v>1680</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1009</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="247" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A247" s="3">
-[...3 lines deleted...]
-        <v>1399</v>
+      <c r="A247" s="12">
+        <v>7500</v>
+      </c>
+      <c r="B247" s="9" t="s">
+        <v>418</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>1400</v>
+        <v>419</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>1401</v>
+        <v>420</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>1402</v>
+        <v>421</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>1403</v>
-[...4 lines deleted...]
-      <c r="H247" s="22"/>
+        <v>422</v>
+      </c>
+      <c r="G247" s="78" t="s">
+        <v>423</v>
+      </c>
+      <c r="H247" s="42" t="s">
+        <v>424</v>
+      </c>
       <c r="I247" s="1" t="s">
-        <v>1405</v>
+        <v>425</v>
       </c>
     </row>
     <row r="248" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A248" s="3">
-        <v>7340</v>
-[...19 lines deleted...]
-      <c r="H248" s="37"/>
+        <v>7500</v>
+      </c>
+      <c r="B248" s="9" t="s">
+        <v>433</v>
+      </c>
+      <c r="C248" t="s">
+        <v>434</v>
+      </c>
+      <c r="D248" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E248" s="39" t="s">
+        <v>519</v>
+      </c>
+      <c r="F248" s="39" t="s">
+        <v>435</v>
+      </c>
+      <c r="G248" s="78" t="s">
+        <v>436</v>
+      </c>
+      <c r="H248" s="30" t="s">
+        <v>437</v>
+      </c>
       <c r="I248" s="1" t="s">
-        <v>471</v>
+        <v>438</v>
       </c>
     </row>
     <row r="249" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A249" s="3">
-        <v>7340</v>
+        <v>7500</v>
       </c>
       <c r="B249" s="9" t="s">
-        <v>1010</v>
+        <v>969</v>
       </c>
       <c r="C249" s="22" t="s">
-        <v>1011</v>
+        <v>970</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>1012</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>971</v>
+      </c>
+      <c r="E249" s="13" t="s">
+        <v>972</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>1014</v>
-[...6 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="G249" s="21" t="s">
+        <v>974</v>
+      </c>
+      <c r="H249" s="1"/>
       <c r="I249" s="1" t="s">
-        <v>1017</v>
+        <v>975</v>
       </c>
     </row>
     <row r="250" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A250" s="3">
-[...9 lines deleted...]
-        <v>181</v>
+      <c r="A250" s="43">
+        <v>7500</v>
+      </c>
+      <c r="B250" s="22" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>1525</v>
       </c>
       <c r="E250" s="4" t="s">
-        <v>1721</v>
+        <v>1526</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1723</v>
+        <v>1527</v>
+      </c>
+      <c r="G250" s="30" t="s">
+        <v>1528</v>
       </c>
       <c r="H250" s="21" t="s">
-        <v>1724</v>
+        <v>1529</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1725</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="251" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A251" s="12">
+      <c r="A251" s="3">
         <v>7500</v>
       </c>
       <c r="B251" s="9" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>1002</v>
+      </c>
+      <c r="C251" s="4" t="s">
+        <v>377</v>
       </c>
       <c r="D251" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F251" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G251" s="52" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H251" s="21" t="s">
+        <v>1003</v>
+      </c>
+      <c r="I251" s="5" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A252" s="12">
+        <v>7521</v>
+      </c>
+      <c r="B252" s="9" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C252" s="22" t="s">
         <v>440</v>
       </c>
-      <c r="E251" s="1" t="s">
-[...39 lines deleted...]
-      </c>
+      <c r="D252" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="E252" s="4" t="s">
+        <v>1859</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="G252" s="42" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H252" s="5"/>
       <c r="I252" s="1" t="s">
-        <v>458</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="253" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A253" s="3">
-[...6 lines deleted...]
-        <v>997</v>
+      <c r="A253" s="29">
+        <v>7522</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C253" s="4" t="s">
+        <v>428</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>998</v>
-[...12 lines deleted...]
-        <v>1002</v>
+        <v>11</v>
+      </c>
+      <c r="E253" s="32" t="s">
+        <v>429</v>
+      </c>
+      <c r="F253" s="39" t="s">
+        <v>430</v>
+      </c>
+      <c r="G253" s="27" t="s">
+        <v>431</v>
+      </c>
+      <c r="H253" s="42"/>
+      <c r="I253" s="24" t="s">
+        <v>432</v>
       </c>
     </row>
     <row r="254" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A254" s="43">
-[...6 lines deleted...]
-        <v>1565</v>
+      <c r="A254" s="3">
+        <v>7532</v>
+      </c>
+      <c r="B254" s="9" t="s">
+        <v>512</v>
+      </c>
+      <c r="C254" s="4" t="s">
+        <v>513</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>1567</v>
+        <v>514</v>
+      </c>
+      <c r="E254" s="22" t="s">
+        <v>515</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>1568</v>
-[...6 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="G254" s="42" t="s">
+        <v>517</v>
+      </c>
+      <c r="H254" s="1"/>
       <c r="I254" s="1" t="s">
-        <v>1571</v>
+        <v>518</v>
       </c>
     </row>
     <row r="255" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A255" s="3">
-[...22 lines deleted...]
-      </c>
+      <c r="A255" s="82">
+        <v>7532</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="C255" t="s">
+        <v>964</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E255" s="38" t="s">
+        <v>965</v>
+      </c>
+      <c r="F255" s="35" t="s">
+        <v>966</v>
+      </c>
+      <c r="G255" s="27" t="s">
+        <v>967</v>
+      </c>
+      <c r="H255" s="38"/>
       <c r="I255" s="5" t="s">
-        <v>1031</v>
+        <v>968</v>
       </c>
     </row>
     <row r="256" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A256" s="12">
-[...6 lines deleted...]
-        <v>460</v>
+      <c r="A256" s="3">
+        <v>7534</v>
+      </c>
+      <c r="B256" s="22" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>210</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>971</v>
-[...10 lines deleted...]
-      <c r="H256" s="5"/>
+        <v>1285</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F256" s="13" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G256" s="21" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H256" s="1"/>
       <c r="I256" s="1" t="s">
-        <v>1054</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="257" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A257" s="29">
-[...22 lines deleted...]
-        <v>452</v>
+      <c r="A257" s="3">
+        <v>7538</v>
+      </c>
+      <c r="B257" s="9" t="s">
+        <v>688</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>690</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="G257" s="30" t="s">
+        <v>692</v>
+      </c>
+      <c r="H257" s="1"/>
+      <c r="I257" s="13" t="s">
+        <v>693</v>
       </c>
     </row>
     <row r="258" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A258" s="3">
-        <v>7532</v>
+        <v>7538</v>
       </c>
       <c r="B258" s="9" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>1028</v>
+      </c>
+      <c r="C258" s="22" t="s">
+        <v>1029</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>542</v>
+        <v>1030</v>
+      </c>
+      <c r="E258" s="4" t="s">
+        <v>1031</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>543</v>
-[...4 lines deleted...]
-      <c r="H258" s="1"/>
+        <v>1032</v>
+      </c>
+      <c r="G258" s="7" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H258" s="21" t="s">
+        <v>1034</v>
+      </c>
       <c r="I258" s="1" t="s">
-        <v>545</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="259" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A259" s="82">
-[...15 lines deleted...]
-        <v>993</v>
+      <c r="A259" s="43">
+        <v>7604</v>
+      </c>
+      <c r="B259" s="9" t="s">
+        <v>956</v>
+      </c>
+      <c r="C259" s="4" t="s">
+        <v>957</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="E259" s="13" t="s">
+        <v>958</v>
+      </c>
+      <c r="F259" s="22" t="s">
+        <v>959</v>
       </c>
       <c r="G259" s="27" t="s">
-        <v>994</v>
-[...3 lines deleted...]
-        <v>995</v>
+        <v>960</v>
+      </c>
+      <c r="H259" s="28" t="s">
+        <v>961</v>
+      </c>
+      <c r="I259" s="1" t="s">
+        <v>962</v>
       </c>
     </row>
     <row r="260" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A260" s="3">
-[...22 lines deleted...]
-        <v>1326</v>
+      <c r="A260" s="29">
+        <v>7640</v>
+      </c>
+      <c r="B260" s="9" t="s">
+        <v>397</v>
+      </c>
+      <c r="C260" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="D260" s="24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E260" s="24" t="s">
+        <v>399</v>
+      </c>
+      <c r="F260" s="32" t="s">
+        <v>403</v>
+      </c>
+      <c r="G260" s="27" t="s">
+        <v>404</v>
+      </c>
+      <c r="H260" s="42"/>
+      <c r="I260" s="24" t="s">
+        <v>407</v>
       </c>
     </row>
     <row r="261" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A261" s="3">
-        <v>7538</v>
+        <v>7643</v>
       </c>
       <c r="B261" s="9" t="s">
-        <v>715</v>
+        <v>400</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>717</v>
+        <v>401</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>370</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>718</v>
-[...9 lines deleted...]
-        <v>720</v>
+        <v>402</v>
+      </c>
+      <c r="F261" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="G261" s="27" t="s">
+        <v>406</v>
+      </c>
+      <c r="H261" s="42" t="s">
+        <v>1810</v>
+      </c>
+      <c r="I261" s="1" t="s">
+        <v>408</v>
       </c>
     </row>
     <row r="262" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A262" s="3">
-[...2 lines deleted...]
-      <c r="B262" s="9" t="s">
+      <c r="A262" s="29">
+        <v>7700</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C262" s="24" t="s">
+        <v>236</v>
+      </c>
+      <c r="D262" s="24" t="s">
+        <v>237</v>
+      </c>
+      <c r="E262" s="31" t="s">
+        <v>238</v>
+      </c>
+      <c r="F262" s="32" t="s">
+        <v>239</v>
+      </c>
+      <c r="G262" s="27" t="s">
+        <v>240</v>
+      </c>
+      <c r="H262" s="13"/>
+      <c r="I262" s="24" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="29">
+        <v>7700</v>
+      </c>
+      <c r="B263" s="9" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C263" s="39" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D263" s="24" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E263" s="32" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F263" s="39" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G263" s="27" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H263" s="24"/>
+      <c r="I263" s="24" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="3">
+        <v>7730</v>
+      </c>
+      <c r="B264" s="9" t="s">
+        <v>409</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="F264" s="22" t="s">
+        <v>413</v>
+      </c>
+      <c r="G264" s="21" t="s">
+        <v>414</v>
+      </c>
+      <c r="H264" s="1"/>
+      <c r="I264" s="1" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="3">
+        <v>7740</v>
+      </c>
+      <c r="B265" s="9" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C265" s="22" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="E265" s="4" t="s">
         <v>1055</v>
       </c>
-      <c r="C262" s="22" t="s">
+      <c r="F265" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="D262" s="1" t="s">
+      <c r="G265" s="42" t="s">
         <v>1057</v>
       </c>
-      <c r="E262" s="4" t="s">
+      <c r="H265" s="25" t="s">
         <v>1058</v>
       </c>
-      <c r="F262" s="1" t="s">
+      <c r="I265" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="G262" s="7" t="s">
-[...92 lines deleted...]
-    <row r="266" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="266" spans="1:9" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A266" s="3">
-        <v>7643</v>
-[...5 lines deleted...]
-        <v>421</v>
+        <v>7743</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C266" s="4" t="s">
+        <v>453</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>390</v>
-[...15 lines deleted...]
-      </c>
+        <v>454</v>
+      </c>
+      <c r="E266" s="141" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G266" s="7" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H266" s="21" t="s">
+        <v>1003</v>
+      </c>
+      <c r="I266" s="1"/>
     </row>
     <row r="267" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A267" s="29">
-[...6 lines deleted...]
-        <v>256</v>
+      <c r="A267" s="3">
+        <v>7760</v>
+      </c>
+      <c r="B267" s="9" t="s">
+        <v>997</v>
+      </c>
+      <c r="C267" s="32" t="s">
+        <v>998</v>
       </c>
       <c r="D267" s="24" t="s">
-        <v>257</v>
+        <v>454</v>
       </c>
       <c r="E267" s="31" t="s">
-        <v>258</v>
-[...7 lines deleted...]
-      <c r="H267" s="13"/>
+        <v>999</v>
+      </c>
+      <c r="F267" s="39" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G267" s="7" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H267" s="31"/>
       <c r="I267" s="24" t="s">
-        <v>261</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="268" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A268" s="29">
-[...22 lines deleted...]
-        <v>1045</v>
+      <c r="A268" s="43">
+        <v>7760</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C268" s="58" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D268" s="112" t="s">
+        <v>1564</v>
+      </c>
+      <c r="E268" s="13" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="G268" s="30" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H268" s="1"/>
+      <c r="I268" s="1" t="s">
+        <v>1566</v>
       </c>
     </row>
     <row r="269" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A269" s="3">
-        <v>7730</v>
-[...5 lines deleted...]
-        <v>430</v>
+        <v>7800</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C269" s="22" t="s">
+        <v>1066</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>431</v>
-[...8 lines deleted...]
-        <v>434</v>
+        <v>7</v>
+      </c>
+      <c r="E269" s="13" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="G269" s="30" t="s">
+        <v>1069</v>
       </c>
       <c r="H269" s="1"/>
       <c r="I269" s="1" t="s">
-        <v>435</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="270" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A270" s="3">
-[...41 lines deleted...]
-        <v>1934</v>
+      <c r="A270" s="12">
+        <v>7822</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="C270" s="39" t="s">
+        <v>672</v>
+      </c>
+      <c r="D270" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E270" s="32" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F270" s="24" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G270" s="102" t="s">
+        <v>673</v>
+      </c>
+      <c r="H270" s="46"/>
+      <c r="I270" s="24" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="43">
+        <v>7830</v>
+      </c>
+      <c r="B271" s="22" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C271" s="58" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D271" s="58" t="s">
+        <v>128</v>
+      </c>
+      <c r="E271" s="4" t="s">
+        <v>1540</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>1905</v>
-[...2 lines deleted...]
-        <v>1935</v>
+        <v>1541</v>
+      </c>
+      <c r="G271" s="30" t="s">
+        <v>1542</v>
       </c>
       <c r="H271" s="21" t="s">
-        <v>1030</v>
-[...1 lines deleted...]
-      <c r="I271" s="1"/>
+        <v>1543</v>
+      </c>
+      <c r="I271" s="1" t="s">
+        <v>1544</v>
+      </c>
     </row>
     <row r="272" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A272" s="3">
-        <v>7760</v>
+        <v>7903</v>
       </c>
       <c r="B272" s="9" t="s">
-        <v>1024</v>
-[...11 lines deleted...]
-        <v>1027</v>
+        <v>416</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E272" s="13" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>1839</v>
       </c>
       <c r="G272" s="7" t="s">
-        <v>1028</v>
-[...3 lines deleted...]
-        <v>1334</v>
+        <v>1840</v>
+      </c>
+      <c r="H272" s="42"/>
+      <c r="I272" s="1" t="s">
+        <v>1841</v>
       </c>
     </row>
     <row r="273" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A273" s="43">
-        <v>7760</v>
+      <c r="A273" s="3">
+        <v>7911</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1603</v>
-[...5 lines deleted...]
-        <v>1605</v>
+        <v>242</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>244</v>
       </c>
       <c r="E273" s="13" t="s">
-        <v>1942</v>
-[...7 lines deleted...]
-      <c r="H273" s="1"/>
+        <v>1822</v>
+      </c>
+      <c r="F273" s="4" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G273" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="H273" s="22"/>
       <c r="I273" s="1" t="s">
-        <v>1607</v>
+        <v>246</v>
       </c>
     </row>
     <row r="274" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A274" s="3">
-[...22 lines deleted...]
-        <v>1102</v>
+      <c r="A274" s="29">
+        <v>7911</v>
+      </c>
+      <c r="B274" s="9" t="s">
+        <v>822</v>
+      </c>
+      <c r="C274" s="32" t="s">
+        <v>823</v>
+      </c>
+      <c r="D274" s="24" t="s">
+        <v>554</v>
+      </c>
+      <c r="E274" s="32" t="s">
+        <v>824</v>
+      </c>
+      <c r="F274" s="39" t="s">
+        <v>825</v>
+      </c>
+      <c r="G274" s="21" t="s">
+        <v>826</v>
+      </c>
+      <c r="H274" s="27" t="s">
+        <v>827</v>
+      </c>
+      <c r="I274" s="24" t="s">
+        <v>828</v>
       </c>
     </row>
     <row r="275" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A275" s="12">
-[...22 lines deleted...]
-        <v>701</v>
+      <c r="A275" s="3">
+        <v>7973</v>
+      </c>
+      <c r="B275" s="9" t="s">
+        <v>521</v>
+      </c>
+      <c r="C275" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="E275" s="22" t="s">
+        <v>524</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="G275" s="21" t="s">
+        <v>526</v>
+      </c>
+      <c r="H275" s="21" t="s">
+        <v>527</v>
+      </c>
+      <c r="I275" s="1" t="s">
+        <v>1779</v>
       </c>
     </row>
     <row r="276" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A276" s="43">
-        <v>7830</v>
+      <c r="A276" s="12">
+        <v>7973</v>
       </c>
       <c r="B276" s="22" t="s">
-        <v>1579</v>
-[...18 lines deleted...]
-      </c>
+        <v>1788</v>
+      </c>
+      <c r="C276" s="91" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F276" s="38" t="s">
+        <v>1791</v>
+      </c>
+      <c r="G276" s="21" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H276" s="22"/>
       <c r="I276" s="1" t="s">
-        <v>1585</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="277" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A277" s="3">
-        <v>7903</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>9040</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1752</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>437</v>
+        <v>1753</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1882</v>
+        <v>298</v>
+      </c>
+      <c r="E277" s="22" t="s">
+        <v>1645</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1883</v>
+        <v>1646</v>
       </c>
       <c r="G277" s="7" t="s">
-        <v>1884</v>
-[...1 lines deleted...]
-      <c r="H277" s="42"/>
+        <v>1754</v>
+      </c>
+      <c r="H277" s="7" t="s">
+        <v>1755</v>
+      </c>
       <c r="I277" s="1" t="s">
-        <v>1885</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="278" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A278" s="3">
-[...166 lines deleted...]
-      </c>
+      <c r="A278" s="147">
+        <v>9750</v>
+      </c>
+      <c r="B278" s="148" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C278" s="149" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D278" s="149" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E278" s="143" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="G278" s="44" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H278" s="1"/>
+      <c r="I278" s="13" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A279" s="2"/>
+    </row>
+    <row r="280" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A280" s="2"/>
+    </row>
+    <row r="281" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A281" s="2"/>
+    </row>
+    <row r="282" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A282" s="2"/>
+    </row>
+    <row r="283" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A283" s="2"/>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A284" s="2"/>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A285" s="2"/>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A286" s="2"/>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A287" s="2"/>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A288" s="2"/>
     </row>
     <row r="289" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A289" s="2"/>
     </row>
     <row r="290" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A290" s="2"/>
     </row>
     <row r="291" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A291" s="2"/>
     </row>
     <row r="292" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A292" s="2"/>
     </row>
     <row r="293" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A293" s="2"/>
     </row>
     <row r="294" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A294" s="2"/>
     </row>
-    <row r="295" spans="1:1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:I243">
-    <sortCondition ref="A1:A243"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:I239">
+    <sortCondition ref="A1:A239"/>
   </sortState>
   <phoneticPr fontId="7" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="G228" r:id="rId1" xr:uid="{BEB1E4FA-322A-4849-8AD6-6F6FB7A3580F}"/>
-[...402 lines deleted...]
-    <hyperlink ref="G153" r:id="rId404" display="mailto:pro.mcbati@gmail.com" xr:uid="{76C0B760-FF1A-41EA-93AF-71ACEE8186A5}"/>
+    <hyperlink ref="G224" r:id="rId1" xr:uid="{BEB1E4FA-322A-4849-8AD6-6F6FB7A3580F}"/>
+    <hyperlink ref="G19" r:id="rId2" xr:uid="{C8751BF7-B68D-4CD0-A63A-AD8E02BA69D0}"/>
+    <hyperlink ref="G199" r:id="rId3" xr:uid="{26032C4B-19A0-43F2-A9F4-06A0FB828C4C}"/>
+    <hyperlink ref="G206" r:id="rId4" xr:uid="{06119DA5-513E-48FC-8ED3-43E2B2089EE4}"/>
+    <hyperlink ref="G131" r:id="rId5" xr:uid="{96CDFBF5-DA09-4418-802E-94286255DF7E}"/>
+    <hyperlink ref="G21" r:id="rId6" xr:uid="{4EE89CCC-C753-4A8C-A25F-5AAA6F916F56}"/>
+    <hyperlink ref="H199" r:id="rId7" xr:uid="{AC2679BA-965C-4D04-9344-CBC0A2DF80F6}"/>
+    <hyperlink ref="H43" r:id="rId8" xr:uid="{2A3C05F5-D3D2-487F-9CC7-9F4A3521B44B}"/>
+    <hyperlink ref="H21" r:id="rId9" xr:uid="{725D2DBD-AD20-42C6-9434-AE9D8F8E77F3}"/>
+    <hyperlink ref="G43" r:id="rId10" xr:uid="{0C594596-D6B0-4141-B755-F18C352702FC}"/>
+    <hyperlink ref="H5" r:id="rId11" xr:uid="{6BA98177-33DF-4C46-8588-1F450A076296}"/>
+    <hyperlink ref="G104" r:id="rId12" xr:uid="{432D7E72-0D02-440D-B8E4-04147709A3DC}"/>
+    <hyperlink ref="H104" r:id="rId13" xr:uid="{FA9BBF84-1CF7-403A-870E-76465EB92383}"/>
+    <hyperlink ref="G239" r:id="rId14" xr:uid="{3C1B18CF-2762-4939-A045-F40A3C3DAB71}"/>
+    <hyperlink ref="H239" r:id="rId15" xr:uid="{439EC55E-79A5-46C0-A10D-C05C0EFDF59C}"/>
+    <hyperlink ref="G22" r:id="rId16" xr:uid="{6CB33FD2-CDAB-47BC-8BBC-C5E2DDDDDF4A}"/>
+    <hyperlink ref="H22" r:id="rId17" xr:uid="{A5809F35-A9E9-45AA-AB71-DEE464718398}"/>
+    <hyperlink ref="G222" r:id="rId18" xr:uid="{D40A9F81-DB71-4FFE-90DF-82D030204DC3}"/>
+    <hyperlink ref="H222" r:id="rId19" xr:uid="{5428268D-F42C-41CB-9678-6FD60A11CE28}"/>
+    <hyperlink ref="G23" r:id="rId20" xr:uid="{A96EF2C0-85D4-4444-91E2-0560D2E05FA4}"/>
+    <hyperlink ref="H23" r:id="rId21" xr:uid="{A6798DDE-D658-4403-AFBC-75115106022F}"/>
+    <hyperlink ref="G24" r:id="rId22" xr:uid="{FC45BA5C-E0D4-43CF-834C-17AEE32402B5}"/>
+    <hyperlink ref="G99" r:id="rId23" xr:uid="{F4EE099A-DBA5-4A2A-876F-6AC4EEEE0473}"/>
+    <hyperlink ref="G36" r:id="rId24" xr:uid="{71EAF99C-73F0-453A-B15E-88191F42DA03}"/>
+    <hyperlink ref="H36" r:id="rId25" xr:uid="{11159CBC-90DB-4866-958F-A215D9157AA8}"/>
+    <hyperlink ref="H7" r:id="rId26" xr:uid="{5E233DEF-0E20-42F6-88DC-D19E2767758E}"/>
+    <hyperlink ref="H173" r:id="rId27" xr:uid="{1E3CF004-AB62-41D5-8E7B-1EF23D9AA4D0}"/>
+    <hyperlink ref="G173" r:id="rId28" xr:uid="{A24D7673-2484-4A7A-BDC2-2B8174D9A7C0}"/>
+    <hyperlink ref="G191" r:id="rId29" xr:uid="{E2AA215A-79AB-48B4-B375-1B41475B0DAE}"/>
+    <hyperlink ref="H191" r:id="rId30" xr:uid="{A01F20BE-752C-4F98-AEEF-6AC9C393055B}"/>
+    <hyperlink ref="G174" r:id="rId31" xr:uid="{2C00D3B1-CDD6-4BED-AC18-F4D405EF4E8E}"/>
+    <hyperlink ref="H174" r:id="rId32" xr:uid="{0B284C8E-B4D1-4415-B850-5195B7AB6AF9}"/>
+    <hyperlink ref="G262" r:id="rId33" xr:uid="{1879616D-0877-4888-A7BB-6B9193EF1C3E}"/>
+    <hyperlink ref="H212" r:id="rId34" xr:uid="{C2563123-F85F-416C-86DA-27857176AE39}"/>
+    <hyperlink ref="G227" r:id="rId35" xr:uid="{D405DB62-2619-4CD5-8A85-1EF97F59F821}"/>
+    <hyperlink ref="H227" r:id="rId36" xr:uid="{AA6C9E80-3B4C-4A3C-995E-0F9B99455D34}"/>
+    <hyperlink ref="G218" r:id="rId37" xr:uid="{648291C6-DB5F-49BA-8B86-15250DA154E3}"/>
+    <hyperlink ref="G101" r:id="rId38" xr:uid="{736BD391-B46A-4D0A-9615-085F8BAE2F87}"/>
+    <hyperlink ref="G225" r:id="rId39" xr:uid="{2BD0BA4C-62FD-4853-93CE-2FB2A4163E33}"/>
+    <hyperlink ref="H225" r:id="rId40" xr:uid="{292BB152-9032-43F7-A355-6B8D2C97C804}"/>
+    <hyperlink ref="G214" r:id="rId41" xr:uid="{9388485B-8EE6-40E9-8824-42A9CC5EE374}"/>
+    <hyperlink ref="H214" r:id="rId42" xr:uid="{62F6B9C7-D29F-44E4-B13C-E2574662B26B}"/>
+    <hyperlink ref="G216" r:id="rId43" xr:uid="{B4F073BD-79B7-4D57-B985-140174BC02B7}"/>
+    <hyperlink ref="G3" r:id="rId44" xr:uid="{2FBD2882-CA81-422E-B60A-B3849839ED52}"/>
+    <hyperlink ref="G73" r:id="rId45" xr:uid="{219FF4F4-624E-42E0-AF8E-D65C8B96289A}"/>
+    <hyperlink ref="G119" r:id="rId46" xr:uid="{FB750BC2-0876-4FDB-84E5-CE25E7075088}"/>
+    <hyperlink ref="G78" r:id="rId47" xr:uid="{1539077F-0E79-4AEF-AADB-729757D2CA3F}"/>
+    <hyperlink ref="G76" r:id="rId48" xr:uid="{FDC74DAE-A39C-42A2-A79A-6A204FEB23F7}"/>
+    <hyperlink ref="H76" r:id="rId49" xr:uid="{30B5CCFA-938B-44D5-BAD7-DC3A9BDE7BFA}"/>
+    <hyperlink ref="G66" r:id="rId50" xr:uid="{8507D433-F35B-4524-8C4F-DB121BA1C400}"/>
+    <hyperlink ref="H66" r:id="rId51" xr:uid="{216B33B1-7E08-4B0C-B87A-C382BF7D8F4F}"/>
+    <hyperlink ref="G115" r:id="rId52" xr:uid="{69BE23A4-7C68-4286-B8C0-C33BE41BE829}"/>
+    <hyperlink ref="H115" r:id="rId53" xr:uid="{8EFBA04E-2099-40FF-ABBE-1BD1BD8C6042}"/>
+    <hyperlink ref="G260" r:id="rId54" xr:uid="{9037E2B8-6B34-4156-B425-BEF6D83E3BF2}"/>
+    <hyperlink ref="G264" r:id="rId55" xr:uid="{C05A70ED-8F46-4C52-8366-3AC8442EEE96}"/>
+    <hyperlink ref="G247" r:id="rId56" xr:uid="{5DC5FB02-1C7B-4791-B3E5-D7D1BE6DE9D4}"/>
+    <hyperlink ref="H247" r:id="rId57" xr:uid="{B68B6D6D-1EB2-42C3-BA45-DC5CBC762901}"/>
+    <hyperlink ref="G253" r:id="rId58" xr:uid="{39E54A86-5638-4536-B13A-4982A306D406}"/>
+    <hyperlink ref="G248" r:id="rId59" xr:uid="{E44DF8B1-11EA-4CD8-815F-274F2E95B2E3}"/>
+    <hyperlink ref="H248" r:id="rId60" xr:uid="{43AF5187-D9B3-419D-B45D-9AFD68FF3B7C}"/>
+    <hyperlink ref="G166" r:id="rId61" xr:uid="{1CDCC315-76BD-41A6-AE3D-AF3A53E2C26B}"/>
+    <hyperlink ref="H166" r:id="rId62" xr:uid="{FD10AA39-24A4-4B9C-A25C-49B5D7D0EB0A}"/>
+    <hyperlink ref="G48" r:id="rId63" xr:uid="{EAB3F89F-40F7-40B8-8749-432E9984262B}"/>
+    <hyperlink ref="H65" r:id="rId64" xr:uid="{0C11CD97-D505-4558-B4B9-81309787D5FC}"/>
+    <hyperlink ref="G123" r:id="rId65" xr:uid="{053ACF5F-EBD4-4092-BE11-12147F3190BB}"/>
+    <hyperlink ref="H123" r:id="rId66" xr:uid="{89CED03C-B6C0-489A-A382-7FF387D51C56}"/>
+    <hyperlink ref="G120" r:id="rId67" xr:uid="{91AF1EA7-537E-4AF4-8407-631AEE472C78}"/>
+    <hyperlink ref="H100" r:id="rId68" xr:uid="{12CECCE1-5B33-4625-8639-56A06F407F95}"/>
+    <hyperlink ref="G35" r:id="rId69" xr:uid="{9F95166E-2A2B-4CC1-A895-CAB053DA3AAD}"/>
+    <hyperlink ref="G208" r:id="rId70" xr:uid="{AE1BA951-3BA9-4F40-BD30-8A4A479E9BE2}"/>
+    <hyperlink ref="G74" r:id="rId71" xr:uid="{2CAB4C2B-CB1A-46E8-B3B3-2B97D76686EB}"/>
+    <hyperlink ref="G68" r:id="rId72" xr:uid="{F1254774-93F9-4998-9BF6-616B7E0EB3E3}"/>
+    <hyperlink ref="H68" r:id="rId73" xr:uid="{6F9AFD62-18FD-4293-BF4F-F544791AA574}"/>
+    <hyperlink ref="G254" r:id="rId74" xr:uid="{99241A1B-1C5D-457C-8A11-5D1A61CE9932}"/>
+    <hyperlink ref="G275" r:id="rId75" xr:uid="{80EDC2DD-B989-4625-94E1-5675731C2CFA}"/>
+    <hyperlink ref="H275" r:id="rId76" xr:uid="{B8A369DB-926F-433F-8030-44D95DFDA236}"/>
+    <hyperlink ref="G124" r:id="rId77" xr:uid="{DE907855-68AB-45C2-A27F-E16BF262FAB1}"/>
+    <hyperlink ref="H124" r:id="rId78" xr:uid="{C0594FEB-6C4C-46D0-ADD4-DE9DA175D5BC}"/>
+    <hyperlink ref="H149" r:id="rId79" xr:uid="{EFA1A080-2824-4890-AAD8-9900509186D8}"/>
+    <hyperlink ref="G139" r:id="rId80" xr:uid="{F6034621-ECC4-478A-A61E-B384CE18F8E1}"/>
+    <hyperlink ref="H139" r:id="rId81" xr:uid="{7059902C-5E91-4CFB-A9B8-F9E77EFBB0F6}"/>
+    <hyperlink ref="G118" r:id="rId82" xr:uid="{8CEEB45B-3071-4C1B-9BA5-F4FFCDFA5B9D}"/>
+    <hyperlink ref="H121" r:id="rId83" xr:uid="{A389727C-D033-4826-AC5B-191BE12790D5}"/>
+    <hyperlink ref="G102" r:id="rId84" xr:uid="{1B32064F-FA03-4EA7-958B-4C0CDBB1C2B5}"/>
+    <hyperlink ref="G91" r:id="rId85" xr:uid="{258EAE87-14BA-460C-9C31-C30B43B4F6FD}"/>
+    <hyperlink ref="G108" r:id="rId86" xr:uid="{5A2AA31E-B42C-4193-8E9C-B6E6C4634FD8}"/>
+    <hyperlink ref="H108" r:id="rId87" xr:uid="{ADB0624D-35A2-4BBD-8E7E-F748C0DCD3F0}"/>
+    <hyperlink ref="G133" r:id="rId88" xr:uid="{C14BAA49-CB23-4DA6-93BE-E62771972F24}"/>
+    <hyperlink ref="G232" r:id="rId89" xr:uid="{9889BE12-8362-4852-AB22-D4ABAE57232E}"/>
+    <hyperlink ref="G236" r:id="rId90" xr:uid="{63BCF0A7-DA89-41C5-9920-A68D921AEB21}"/>
+    <hyperlink ref="H60" r:id="rId91" xr:uid="{42138A5C-4077-4C30-8155-0DCE2C2F875D}"/>
+    <hyperlink ref="G11" r:id="rId92" xr:uid="{DFC81104-5EE2-43F1-A042-C5056B0EE58A}"/>
+    <hyperlink ref="H11" r:id="rId93" xr:uid="{2C47DA69-BAAF-454A-9262-E358484569C8}"/>
+    <hyperlink ref="G215" r:id="rId94" xr:uid="{F4047883-86BA-46ED-8ADD-E6B0028D3017}"/>
+    <hyperlink ref="G213" r:id="rId95" xr:uid="{2E652BD4-4FE0-4710-9F28-C129B68E020E}"/>
+    <hyperlink ref="G69" r:id="rId96" xr:uid="{0938FE46-BCAD-42F7-BBA0-E3A65D9DCCBC}"/>
+    <hyperlink ref="H69" r:id="rId97" xr:uid="{249CA6A7-017B-46DB-9CC7-A0A76DDC8069}"/>
+    <hyperlink ref="G192" r:id="rId98" xr:uid="{CAE64807-B434-4C64-B868-183629E12BA3}"/>
+    <hyperlink ref="G5" r:id="rId99" xr:uid="{DFA5AB10-DE95-4B53-A30D-5961978173BD}"/>
+    <hyperlink ref="G17" r:id="rId100" xr:uid="{7DC10300-AC8F-4A42-BCA9-F74E3CF0403E}"/>
+    <hyperlink ref="H40" r:id="rId101" xr:uid="{A9AD7631-6B26-4E93-B19F-B2F673C8B732}"/>
+    <hyperlink ref="G257" r:id="rId102" xr:uid="{1E7AC7C7-1D5D-47E3-9586-946283B50889}"/>
+    <hyperlink ref="H177" r:id="rId103" xr:uid="{B5C6FB6F-A17B-4E7B-8DC9-FFC12F2D6088}"/>
+    <hyperlink ref="H98" r:id="rId104" xr:uid="{8AB07E70-0F3D-4C67-B6F9-01C459C04B1D}"/>
+    <hyperlink ref="G98" r:id="rId105" xr:uid="{C6779444-5E53-46E9-8713-9063C930F5CB}"/>
+    <hyperlink ref="G84" r:id="rId106" xr:uid="{EDC4E54F-9652-4313-AC70-20AFBD87A3B2}"/>
+    <hyperlink ref="H84" r:id="rId107" xr:uid="{7019D998-0058-44C9-8E0D-AFAA4EBFEA4C}"/>
+    <hyperlink ref="G41" r:id="rId108" xr:uid="{322F5305-5CCD-4C73-AC4F-E5FA52722043}"/>
+    <hyperlink ref="H41" r:id="rId109" xr:uid="{26056206-7C35-4B1C-A5DC-F8B71833B0F7}"/>
+    <hyperlink ref="G26" r:id="rId110" xr:uid="{4AEBA2F1-6F74-4168-A54F-2C47361A5C97}"/>
+    <hyperlink ref="H26" r:id="rId111" xr:uid="{3960D8E1-71B4-4964-9CE7-FD23562308D1}"/>
+    <hyperlink ref="G27" r:id="rId112" xr:uid="{EB8C21D8-68E8-4191-A796-AEA5A026F948}"/>
+    <hyperlink ref="G52" r:id="rId113" xr:uid="{9FD49750-BF27-4003-B6EC-A2F1534006FD}"/>
+    <hyperlink ref="G196" r:id="rId114" xr:uid="{C5E64872-38E8-4014-88CA-59012ACA859E}"/>
+    <hyperlink ref="H196" r:id="rId115" xr:uid="{A56A0599-D69B-419B-8640-EF0B42C3BD83}"/>
+    <hyperlink ref="G195" r:id="rId116" xr:uid="{BE838A5E-E9E4-45EC-BD13-A2A6ACE95F92}"/>
+    <hyperlink ref="H195" r:id="rId117" xr:uid="{FA3B6934-4D41-4378-B726-F4F9BA16B8FF}"/>
+    <hyperlink ref="G194" r:id="rId118" xr:uid="{A1B00AB9-4D22-490F-AFCD-A4BF72C3F0C4}"/>
+    <hyperlink ref="H194" r:id="rId119" xr:uid="{E4BC915E-768E-489F-A682-3C68491484BD}"/>
+    <hyperlink ref="G187" r:id="rId120" xr:uid="{794380BE-F608-4EAC-B816-D4042E040C54}"/>
+    <hyperlink ref="G178" r:id="rId121" xr:uid="{1660F585-5AD9-4982-AB56-1B1612247A68}"/>
+    <hyperlink ref="G179" r:id="rId122" xr:uid="{61F358C7-3EFD-4BB0-AEEE-4C1112D2DE19}"/>
+    <hyperlink ref="H183" r:id="rId123" xr:uid="{AF67E512-548D-415A-B936-6FD1DD675F70}"/>
+    <hyperlink ref="H274" r:id="rId124" xr:uid="{7103F8C1-22FF-44A6-9FF7-FB1DDFBD0E54}"/>
+    <hyperlink ref="G185" r:id="rId125" xr:uid="{38E70BC2-3293-45CD-A111-A6746B10A848}"/>
+    <hyperlink ref="H185" r:id="rId126" xr:uid="{58D5C4A8-4279-4B70-9EAE-356F6C4FA4F1}"/>
+    <hyperlink ref="G176" r:id="rId127" xr:uid="{DC6A60FD-436F-4347-8A34-BC18B3B1D595}"/>
+    <hyperlink ref="H176" r:id="rId128" xr:uid="{E37D9AD2-7031-4A1D-809B-A20E7070D262}"/>
+    <hyperlink ref="G184" r:id="rId129" xr:uid="{AE9CFDCF-E0F4-48F9-9A7A-4F3ECA3733D4}"/>
+    <hyperlink ref="H184" r:id="rId130" xr:uid="{342AED8A-0D94-4A74-8E26-4B1325763700}"/>
+    <hyperlink ref="G203" r:id="rId131" xr:uid="{BDFAA49D-0381-4C2E-9178-F7F0A2996D58}"/>
+    <hyperlink ref="H203" r:id="rId132" xr:uid="{9B8776F0-8D39-4054-8AE2-EE76B64BFAC9}"/>
+    <hyperlink ref="G144" r:id="rId133" xr:uid="{775D2978-8436-4F82-B97A-C031FC6A3A60}"/>
+    <hyperlink ref="H233" r:id="rId134" xr:uid="{AF78D313-4C03-4AD1-A110-4CB682DCF41D}"/>
+    <hyperlink ref="G34" r:id="rId135" xr:uid="{06961529-A89C-4C41-9037-25E4D4A76708}"/>
+    <hyperlink ref="H34" r:id="rId136" display="www.certicoord.be" xr:uid="{37D0AAF3-C11C-441F-89A6-A2DDCF5A7D9D}"/>
+    <hyperlink ref="G8" r:id="rId137" xr:uid="{2F0C6001-E3F9-4F61-B280-FCB51EDD6AF0}"/>
+    <hyperlink ref="H8" r:id="rId138" xr:uid="{E44601C4-90EB-4048-BAA6-474F855707CB}"/>
+    <hyperlink ref="G93" r:id="rId139" xr:uid="{3042926E-0BE5-42F9-A313-3FBC16CAAAC8}"/>
+    <hyperlink ref="H93" r:id="rId140" xr:uid="{37D644E6-1FC3-445F-A29E-936F289450D0}"/>
+    <hyperlink ref="G87" r:id="rId141" xr:uid="{68B18DE0-6493-46B3-A220-08C1069C6671}"/>
+    <hyperlink ref="G188" r:id="rId142" xr:uid="{D48354FE-C2C3-4DF0-81D3-1B6CA944A683}"/>
+    <hyperlink ref="G189" r:id="rId143" xr:uid="{D3E70DB9-7B09-4853-B7F8-4EC28151D952}"/>
+    <hyperlink ref="H189" r:id="rId144" xr:uid="{7013C695-A78F-4B79-961C-C1A55E48F387}"/>
+    <hyperlink ref="G198" r:id="rId145" xr:uid="{31D820D9-116E-469C-9C2D-CF8ED6477B27}"/>
+    <hyperlink ref="G111" r:id="rId146" xr:uid="{1B1C2336-CC17-46A3-A4F5-0E1E5E66C9CD}"/>
+    <hyperlink ref="G29" r:id="rId147" xr:uid="{F7688480-256D-4BC6-B16C-082C789E31C4}"/>
+    <hyperlink ref="G155" r:id="rId148" xr:uid="{92F0E0DB-0FD9-4F3D-B258-54977E789232}"/>
+    <hyperlink ref="H155" r:id="rId149" xr:uid="{9CACB08F-833A-47EA-A5E9-AE41CC518A24}"/>
+    <hyperlink ref="G53" r:id="rId150" xr:uid="{1B8EF2EF-4FC7-4489-99E0-2F55F916AB72}"/>
+    <hyperlink ref="H53" r:id="rId151" xr:uid="{B132DB17-530D-49A3-B06F-4E73D2761E34}"/>
+    <hyperlink ref="G135" r:id="rId152" xr:uid="{3BF109CB-9161-45C0-8381-544AAF3D8F41}"/>
+    <hyperlink ref="H259" r:id="rId153" xr:uid="{4A847169-2123-42F8-9FF8-3E00BA3B2AA0}"/>
+    <hyperlink ref="G255" r:id="rId154" xr:uid="{F8B906A1-72E5-4F28-8662-8B2B891270C6}"/>
+    <hyperlink ref="G249" r:id="rId155" xr:uid="{13BF9022-D4F0-4D54-AEAF-088F2A779EF7}"/>
+    <hyperlink ref="G242" r:id="rId156" xr:uid="{C1C9D010-C9EE-43BE-B87B-6120955F48D8}"/>
+    <hyperlink ref="H242" r:id="rId157" xr:uid="{6E29073B-3B71-413A-AA8E-926F7D17B725}"/>
+    <hyperlink ref="G245" r:id="rId158" xr:uid="{81F6D6B8-34FC-44AA-A8D5-5C0541FDB15E}"/>
+    <hyperlink ref="H245" r:id="rId159" xr:uid="{7FF103CD-6D81-42D6-8694-032DB33CD2F9}"/>
+    <hyperlink ref="G71" r:id="rId160" xr:uid="{7563CE5D-F76F-4A76-917B-507FC4D21013}"/>
+    <hyperlink ref="G267" r:id="rId161" xr:uid="{1B4C5798-D8E3-4AE4-ACFF-F8FB33144EAD}"/>
+    <hyperlink ref="G138" r:id="rId162" xr:uid="{F109575A-1291-4683-8EB4-D23ABDC45E4B}"/>
+    <hyperlink ref="H138" r:id="rId163" xr:uid="{079E8C65-9E90-4C87-99CE-3A1F6E8033E4}"/>
+    <hyperlink ref="G207" r:id="rId164" xr:uid="{F0077E2C-09C3-4D04-B849-07B4EE907543}"/>
+    <hyperlink ref="G228" r:id="rId165" xr:uid="{8966E3BA-6684-4467-B243-E204F162B044}"/>
+    <hyperlink ref="G252" r:id="rId166" xr:uid="{A34C45E1-FEBC-47FF-85C7-326011BFD197}"/>
+    <hyperlink ref="G258" r:id="rId167" xr:uid="{D7CC83A0-7B05-47A2-9409-8C648C2BB1F0}"/>
+    <hyperlink ref="H258" r:id="rId168" xr:uid="{C32716A0-53F3-4597-A2B1-EEB6D4993BBE}"/>
+    <hyperlink ref="G240" r:id="rId169" xr:uid="{DC329B56-D249-4CE9-8A12-B657C255CF47}"/>
+    <hyperlink ref="G265" r:id="rId170" xr:uid="{93605158-476C-421B-AE53-A95C156FE679}"/>
+    <hyperlink ref="H265" r:id="rId171" xr:uid="{AF5A6050-26FC-46DB-B10E-FDF791E9BBAA}"/>
+    <hyperlink ref="H92" r:id="rId172" xr:uid="{B9C26C8C-E34A-4369-B14E-B462E5027FD0}"/>
+    <hyperlink ref="H70" r:id="rId173" xr:uid="{2D078B05-094D-4971-B6C8-7F2F8B924ACD}"/>
+    <hyperlink ref="G94" r:id="rId174" xr:uid="{B41D3DD1-3B26-4898-9F71-139FB26D5BAA}"/>
+    <hyperlink ref="H94" r:id="rId175" xr:uid="{8CFB641B-A9C7-422D-A35D-EE1A9786D9BD}"/>
+    <hyperlink ref="H204" r:id="rId176" xr:uid="{B3397639-2047-4DC8-B04A-308D8A62E584}"/>
+    <hyperlink ref="G82" r:id="rId177" xr:uid="{9BADA39C-3A29-411D-BE77-7D9D7D8A8312}"/>
+    <hyperlink ref="G92" r:id="rId178" xr:uid="{9CD5761C-E158-4E3C-992B-D6F2B44AA799}"/>
+    <hyperlink ref="G30" r:id="rId179" xr:uid="{0FF33CCB-CD32-4141-9337-DDC72E10FAC5}"/>
+    <hyperlink ref="H30" r:id="rId180" xr:uid="{AA8DCA01-F331-46FF-AFFC-B10507DF080F}"/>
+    <hyperlink ref="G244" r:id="rId181" xr:uid="{DB269377-8C45-4F54-AA81-AA5FB2835753}"/>
+    <hyperlink ref="G140" r:id="rId182" xr:uid="{4F3595DA-E71C-4B8D-9696-C03161688903}"/>
+    <hyperlink ref="H140" r:id="rId183" xr:uid="{58E11468-46C9-4D72-A047-305A3938DEE7}"/>
+    <hyperlink ref="G180" r:id="rId184" xr:uid="{289EFCAD-C3CF-4934-ACC9-FBC8E1017F78}"/>
+    <hyperlink ref="H180" r:id="rId185" xr:uid="{FEDE5353-74DC-442F-9A09-138A1B8773DE}"/>
+    <hyperlink ref="G193" r:id="rId186" xr:uid="{002B205A-3316-47AF-814E-F2953280C4F5}"/>
+    <hyperlink ref="H193" r:id="rId187" xr:uid="{31E19EA4-8FA3-426D-B4A9-2A584AC00563}"/>
+    <hyperlink ref="G211" r:id="rId188" xr:uid="{1236BFF2-8A66-450B-81BE-05DB874C4154}"/>
+    <hyperlink ref="H211" r:id="rId189" xr:uid="{86383D93-8099-4662-8220-8F034AD2ACDB}"/>
+    <hyperlink ref="G44" r:id="rId190" xr:uid="{2172FBE2-03F5-4346-BF1B-42CAFCCACF95}"/>
+    <hyperlink ref="G129" r:id="rId191" xr:uid="{E004794A-9837-4139-92C2-354ADC767F88}"/>
+    <hyperlink ref="H109" r:id="rId192" xr:uid="{8D5C60B1-3AF3-4A59-9312-2D2BF4BE5547}"/>
+    <hyperlink ref="H171" r:id="rId193" xr:uid="{90F21DA9-814D-4217-B755-03578882AE1B}"/>
+    <hyperlink ref="H112" r:id="rId194" xr:uid="{7AC0FAF6-B692-4120-B49F-62C068AE9635}"/>
+    <hyperlink ref="G47" r:id="rId195" xr:uid="{1FD15A2E-7C06-49A7-9048-C2AD3466D23E}"/>
+    <hyperlink ref="H47" r:id="rId196" xr:uid="{FC7BE92D-9502-4DD6-9A1D-2D8A30CA2830}"/>
+    <hyperlink ref="G85" r:id="rId197" xr:uid="{4B58B2A8-D08E-432B-BE6A-89AC607002F4}"/>
+    <hyperlink ref="H85" r:id="rId198" xr:uid="{FBDA4D24-BF65-4994-B224-7B33E61E1E1D}"/>
+    <hyperlink ref="G226" r:id="rId199" xr:uid="{F7E22D2D-BD3F-4D5D-9565-11ADFB7FBB02}"/>
+    <hyperlink ref="H226" r:id="rId200" xr:uid="{8278F650-3254-4155-98EE-240CE3F0BD84}"/>
+    <hyperlink ref="G164" r:id="rId201" xr:uid="{74EDB4D0-28F5-4871-A4C5-F9BF2DBE0FF2}"/>
+    <hyperlink ref="H164" r:id="rId202" xr:uid="{C23A7B22-D584-4749-B1D6-91861E097A2B}"/>
+    <hyperlink ref="H156" r:id="rId203" xr:uid="{1CBF3912-8537-48D1-86A7-C8FED407B668}"/>
+    <hyperlink ref="G220" r:id="rId204" xr:uid="{5762C883-F875-43DF-94FF-2BF9AF461AB7}"/>
+    <hyperlink ref="H220" r:id="rId205" xr:uid="{FD70C822-BF3A-4EBC-9E71-3AEA5411698E}"/>
+    <hyperlink ref="G241" r:id="rId206" xr:uid="{A4273189-ECA0-4EE4-9337-D082CD487F65}"/>
+    <hyperlink ref="G229" r:id="rId207" xr:uid="{42381658-B703-4AA5-9F2F-2A29CD3BC7E2}"/>
+    <hyperlink ref="G230" r:id="rId208" xr:uid="{F80D9A9B-BEB0-4400-A933-99C946B5A4FB}"/>
+    <hyperlink ref="G256" r:id="rId209" xr:uid="{CD2F767B-FCEE-4370-A315-D78AD0AEA221}"/>
+    <hyperlink ref="G110" r:id="rId210" xr:uid="{2CCFBBEE-1111-4437-87B6-018B1DFFFD1D}"/>
+    <hyperlink ref="G151" r:id="rId211" xr:uid="{C772A7D0-CBA6-4242-8DB1-9CA95EF3D300}"/>
+    <hyperlink ref="H151" r:id="rId212" xr:uid="{C73754D5-C80D-4262-B270-896524BD0F75}"/>
+    <hyperlink ref="G13" r:id="rId213" xr:uid="{F253A54A-FAEF-4A02-9446-4D598A3457D2}"/>
+    <hyperlink ref="H13" r:id="rId214" xr:uid="{BA41F9D0-3AA0-4B62-9BB7-B89D928070F9}"/>
+    <hyperlink ref="G231" r:id="rId215" xr:uid="{53C5FB0B-701F-4242-A106-C17007B24661}"/>
+    <hyperlink ref="G72" r:id="rId216" xr:uid="{F6C03227-836F-499F-A65D-D24AA86D8016}"/>
+    <hyperlink ref="H28" r:id="rId217" xr:uid="{B907AD92-E0D3-4134-9F6B-5C65F08BB31E}"/>
+    <hyperlink ref="G28" r:id="rId218" display="mailto:charles@charles-lucas.com" xr:uid="{A4AFED03-77BD-495C-9C04-BBF08C2494CF}"/>
+    <hyperlink ref="G243" r:id="rId219" xr:uid="{0BC262BA-DA56-462F-ABEC-4C0A19E9197B}"/>
+    <hyperlink ref="G6" r:id="rId220" xr:uid="{130AE460-59CF-4DF2-B497-941045E0F438}"/>
+    <hyperlink ref="H6" r:id="rId221" xr:uid="{1D01E68B-F13F-4E89-A236-B7359A6D9BF2}"/>
+    <hyperlink ref="G56" r:id="rId222" xr:uid="{D9AFA2F1-219F-4EC2-A841-E86C7303844F}"/>
+    <hyperlink ref="G49" r:id="rId223" xr:uid="{94017E5E-0FE0-47DA-A90C-0AAD7F2FA64E}"/>
+    <hyperlink ref="G75" r:id="rId224" xr:uid="{098269DD-6A60-4B80-9206-2A308D5A334A}"/>
+    <hyperlink ref="G88" r:id="rId225" xr:uid="{2FBBEB0C-340C-41F7-AD90-C8A2D5B04A48}"/>
+    <hyperlink ref="G83" r:id="rId226" xr:uid="{7725A040-DF95-4C57-AA70-80164722152C}"/>
+    <hyperlink ref="H83" r:id="rId227" xr:uid="{6AEA5156-A557-4520-B7DA-2AC72EA9E382}"/>
+    <hyperlink ref="G162" r:id="rId228" xr:uid="{39C98270-A154-4745-B5F2-82FAF540B4B8}"/>
+    <hyperlink ref="G130" r:id="rId229" xr:uid="{6C4CB4D7-E448-4E19-82CA-BDB3BF844BA8}"/>
+    <hyperlink ref="G209" r:id="rId230" xr:uid="{BD85041D-8081-4A85-930F-728ECB86DFC4}"/>
+    <hyperlink ref="G170" r:id="rId231" xr:uid="{197B340A-E553-43F1-B606-0C6315BD2678}"/>
+    <hyperlink ref="G172" r:id="rId232" xr:uid="{2B0CA82C-9FFE-4DCA-9CCC-0DAABE90459B}"/>
+    <hyperlink ref="H172" r:id="rId233" xr:uid="{B14600CC-4B30-4DE8-A006-7FBD124EBD78}"/>
+    <hyperlink ref="H157" r:id="rId234" xr:uid="{3C773361-9D6D-4156-ACBB-2066E1E0CEDC}"/>
+    <hyperlink ref="G200" r:id="rId235" xr:uid="{13FFC60C-FB06-434B-94EA-5FF6C2ED17D5}"/>
+    <hyperlink ref="G42" r:id="rId236" xr:uid="{D9BF314C-C473-4776-869F-795DB642BC29}"/>
+    <hyperlink ref="G169" r:id="rId237" xr:uid="{BD762D86-BEB9-43BA-A17D-90DF729C15EB}"/>
+    <hyperlink ref="G105" r:id="rId238" xr:uid="{346B14F8-31BA-4501-8904-BB86BAF4F888}"/>
+    <hyperlink ref="H105" r:id="rId239" xr:uid="{95E646A4-2024-4896-87CB-E40CD7A3DFFC}"/>
+    <hyperlink ref="G86" r:id="rId240" xr:uid="{46277144-6AF8-4521-9D1A-84DC03A08C13}"/>
+    <hyperlink ref="G55" r:id="rId241" xr:uid="{155E7FAF-7983-4CB8-84A7-6A8F4811AD5A}"/>
+    <hyperlink ref="H55" r:id="rId242" xr:uid="{00E86747-7463-47A8-85E4-FE6A1C66A3AE}"/>
+    <hyperlink ref="G89" r:id="rId243" xr:uid="{DC1628AA-77AC-406A-B06A-16AC37ECE80B}"/>
+    <hyperlink ref="H89" r:id="rId244" xr:uid="{7B790A34-AE3B-44FD-950D-38875A1FC879}"/>
+    <hyperlink ref="G90" r:id="rId245" xr:uid="{58101AE2-9802-46AE-A8DF-14E74FDC5508}"/>
+    <hyperlink ref="G31" r:id="rId246" xr:uid="{A6D7A9D6-A05E-447A-8FEF-1A9845D996D0}"/>
+    <hyperlink ref="H31" r:id="rId247" xr:uid="{7A1DF66C-A593-4711-9A79-000386B5F22C}"/>
+    <hyperlink ref="G61" r:id="rId248" xr:uid="{F5619D69-312D-4024-9F42-10EB9B00AE1C}"/>
+    <hyperlink ref="G250" r:id="rId249" xr:uid="{7FD2CDE0-2916-475E-A796-EEBB732DB35D}"/>
+    <hyperlink ref="H250" r:id="rId250" xr:uid="{EBB92FBE-F94F-4BC6-BAEB-176CDE7214AC}"/>
+    <hyperlink ref="G234" r:id="rId251" xr:uid="{9BCA62A3-D153-477D-B2B5-712D0A3AE696}"/>
+    <hyperlink ref="G271" r:id="rId252" xr:uid="{9B922441-8D40-404F-AB50-EABFFE525314}"/>
+    <hyperlink ref="H271" r:id="rId253" xr:uid="{1BB6F6BC-22A0-4B05-91FB-B4671923B9C0}"/>
+    <hyperlink ref="G62" r:id="rId254" xr:uid="{06C16C83-2C45-447E-B9B8-B29DE0250721}"/>
+    <hyperlink ref="G9" r:id="rId255" xr:uid="{AAA0162A-4DE3-4369-A197-6012F4396FCB}"/>
+    <hyperlink ref="H9" r:id="rId256" xr:uid="{C7233ED8-2828-405E-8FD5-7F20A11FAC96}"/>
+    <hyperlink ref="G33" r:id="rId257" xr:uid="{E9EC6FA2-C647-433F-9A21-1961291DAF4E}"/>
+    <hyperlink ref="H33" r:id="rId258" xr:uid="{228ECE08-AD92-4D28-9B54-754DB476A348}"/>
+    <hyperlink ref="G63" r:id="rId259" xr:uid="{AB076D88-6AE4-4934-9AA9-59BE324F6994}"/>
+    <hyperlink ref="G107" r:id="rId260" display="mailto:fcroes@vincotte.be" xr:uid="{9DA784FD-9DBB-4D28-9489-8AF808E86627}"/>
+    <hyperlink ref="H107" r:id="rId261" xr:uid="{BE0F39F2-7758-4DC6-92D8-5D1FAF8C565B}"/>
+    <hyperlink ref="G113" r:id="rId262" xr:uid="{F1E4D8B2-6BEB-4551-A62C-63565A485593}"/>
+    <hyperlink ref="G32" r:id="rId263" xr:uid="{E1D2489D-6954-4A5B-AFBA-CE97E97561E9}"/>
+    <hyperlink ref="G141" r:id="rId264" xr:uid="{015EDA4F-1CD3-4DC0-BCC6-444745909163}"/>
+    <hyperlink ref="G182" r:id="rId265" xr:uid="{2F39898A-523D-47EB-881D-A784CFD00F20}"/>
+    <hyperlink ref="H182" r:id="rId266" xr:uid="{74F180F7-DE96-4876-93F2-38AE0E62E766}"/>
+    <hyperlink ref="G235" r:id="rId267" xr:uid="{6E529E73-6189-4FC8-8284-48083E3B1DC2}"/>
+    <hyperlink ref="G181" r:id="rId268" xr:uid="{93958340-16BA-4233-850B-49B2E679DBEB}"/>
+    <hyperlink ref="H181" r:id="rId269" xr:uid="{731F2989-B0EF-48BA-A612-FA90C2B922C3}"/>
+    <hyperlink ref="G165" r:id="rId270" xr:uid="{CB43F221-A5D7-4AA0-A712-AF318BBCC7A3}"/>
+    <hyperlink ref="H147" r:id="rId271" xr:uid="{72C799B9-EEFA-4598-B532-395E5AE54AAA}"/>
+    <hyperlink ref="G186" r:id="rId272" xr:uid="{B42626E2-1F79-426C-ACD0-8BCD76449873}"/>
+    <hyperlink ref="G167" r:id="rId273" xr:uid="{EA14E6E2-6D04-447B-986A-4DFB3878A41D}"/>
+    <hyperlink ref="H167" r:id="rId274" xr:uid="{4E14A1E3-8637-4622-9BC0-E12E722EF0F5}"/>
+    <hyperlink ref="G126" r:id="rId275" xr:uid="{CD2227A1-D7FF-464A-9BD7-4B1CB9A9AD87}"/>
+    <hyperlink ref="H126" r:id="rId276" xr:uid="{C7AF9206-C7A6-4713-8418-A58BAE8D5055}"/>
+    <hyperlink ref="G246" r:id="rId277" xr:uid="{DEB76011-9285-4477-9907-42857E9F0673}"/>
+    <hyperlink ref="H246" r:id="rId278" xr:uid="{1FE59FF4-8F1E-4CCD-ACEE-6BA5D86A3F2F}"/>
+    <hyperlink ref="G58" r:id="rId279" xr:uid="{03E0B6C4-5499-41F3-88C8-EDD3822099D2}"/>
+    <hyperlink ref="H58" r:id="rId280" xr:uid="{BCEA8F56-05D7-41A2-A35D-2BFC221A6FAD}"/>
+    <hyperlink ref="G95" r:id="rId281" xr:uid="{695EAEDA-45EA-4E5B-9969-FBC54B059312}"/>
+    <hyperlink ref="G59" r:id="rId282" display="mailto:info@rjsolutions.be" xr:uid="{52302A1E-5B71-4FA5-AADB-9021FF42300B}"/>
+    <hyperlink ref="H59" r:id="rId283" xr:uid="{97AF4099-26F6-4867-8D03-BD7AF03C7C26}"/>
+    <hyperlink ref="G116" r:id="rId284" xr:uid="{8A8A7535-2C65-4834-8A58-3E646262288B}"/>
+    <hyperlink ref="G15" r:id="rId285" xr:uid="{D7EC2BF9-FC2B-4D0F-8784-27185B08D73C}"/>
+    <hyperlink ref="H15" r:id="rId286" xr:uid="{D8BB6A8C-1738-4B6A-B892-CD8CDA6791AD}"/>
+    <hyperlink ref="G122" r:id="rId287" xr:uid="{7A13453F-0DC9-49E5-A921-3C9252E2D24B}"/>
+    <hyperlink ref="H122" r:id="rId288" xr:uid="{4DCBEA03-B733-461B-99B8-1526A7BA1645}"/>
+    <hyperlink ref="G153" r:id="rId289" xr:uid="{802D3FAF-33EF-448E-A749-21B02F6CD313}"/>
+    <hyperlink ref="H153" r:id="rId290" xr:uid="{442B9642-1BB1-4DAD-9694-5A533F9D15D5}"/>
+    <hyperlink ref="H12" r:id="rId291" xr:uid="{642D8307-27B9-4B16-814B-D2D2D69BFEDC}"/>
+    <hyperlink ref="G12" r:id="rId292" xr:uid="{495BE224-036B-4BA3-9704-DA773ED5FB6D}"/>
+    <hyperlink ref="G97" r:id="rId293" xr:uid="{B7A29493-16A4-4C7E-A81A-CFD0EEFA8238}"/>
+    <hyperlink ref="G159" r:id="rId294" xr:uid="{ED4464C3-E34F-4189-BB0C-16E660385C36}"/>
+    <hyperlink ref="G277" r:id="rId295" xr:uid="{1811ED90-B2C7-48D1-A0DD-2D19B8F7C119}"/>
+    <hyperlink ref="H277" r:id="rId296" xr:uid="{04E3247C-DC57-4D46-9709-05871B22970A}"/>
+    <hyperlink ref="G45" r:id="rId297" xr:uid="{242D86C7-A27F-4E5D-8633-EDE59DCCF179}"/>
+    <hyperlink ref="G54" r:id="rId298" xr:uid="{D84570AA-B3D8-48C3-AF75-4B81831B34B3}"/>
+    <hyperlink ref="G77" r:id="rId299" xr:uid="{48B2BFD5-D0A5-429B-8E1D-474D9A31F0FE}"/>
+    <hyperlink ref="H77" r:id="rId300" xr:uid="{6D795337-93EA-4929-8EF3-D1A8DAC1277C}"/>
+    <hyperlink ref="G190" r:id="rId301" xr:uid="{6862F558-C47B-477B-9156-42C94B3D496E}"/>
+    <hyperlink ref="G18" r:id="rId302" xr:uid="{45FFAC53-54FC-4DFA-A2DF-30225F77C068}"/>
+    <hyperlink ref="H18" r:id="rId303" xr:uid="{B8EB036D-9FF7-48FE-974B-EB86A9D94555}"/>
+    <hyperlink ref="G219" r:id="rId304" xr:uid="{117E49B0-76B2-40A7-939A-52AEB02D9202}"/>
+    <hyperlink ref="G276" r:id="rId305" xr:uid="{818B705F-24C8-497F-99FB-28A7504E6D4E}"/>
+    <hyperlink ref="G25" r:id="rId306" xr:uid="{891C7E85-109D-4FA5-B11A-5D55D3FEA0C0}"/>
+    <hyperlink ref="G20" r:id="rId307" xr:uid="{9874134D-5A52-4F19-842D-C3D8005C23AA}"/>
+    <hyperlink ref="H117" r:id="rId308" xr:uid="{EEA1A4AB-1B0D-45B4-A382-3D77116E8D56}"/>
+    <hyperlink ref="G117" r:id="rId309" xr:uid="{0558512D-B594-43EC-B307-E67D3F69DB27}"/>
+    <hyperlink ref="G38" r:id="rId310" xr:uid="{CC10A9C4-43A7-4E2E-B51D-FF306B28A31D}"/>
+    <hyperlink ref="G46" r:id="rId311" xr:uid="{17F8B624-252B-4B94-BA34-0C1ECCEC04FD}"/>
+    <hyperlink ref="H46" r:id="rId312" xr:uid="{90F7475E-B33D-4DDB-B499-98D8E967DC5D}"/>
+    <hyperlink ref="H175" r:id="rId313" xr:uid="{E334EAD6-BD98-41EB-BA05-10CA7C8E57F7}"/>
+    <hyperlink ref="G132" r:id="rId314" xr:uid="{EFAEE57F-CDDB-49C2-BEFA-04CB8FD926EB}"/>
+    <hyperlink ref="G106" r:id="rId315" xr:uid="{9540FF39-6647-40E5-B0B3-EFFCF3DA3963}"/>
+    <hyperlink ref="G261" r:id="rId316" xr:uid="{8A721AC4-D8FA-4567-B60B-9CD4AA84B12F}"/>
+    <hyperlink ref="G274" r:id="rId317" xr:uid="{704148E6-523C-40DA-AF46-794B03DABB46}"/>
+    <hyperlink ref="G273" r:id="rId318" xr:uid="{939A4B67-047E-4544-AABC-84E861ED6044}"/>
+    <hyperlink ref="G270" r:id="rId319" xr:uid="{B7247F89-A3BD-4233-9D0D-0CF1DA8EFC4E}"/>
+    <hyperlink ref="G269" r:id="rId320" xr:uid="{574E1DA7-9485-47CF-BA33-F858D75B1441}"/>
+    <hyperlink ref="G263" r:id="rId321" xr:uid="{47C5F7E0-4258-4681-8C62-656E618B15E0}"/>
+    <hyperlink ref="G259" r:id="rId322" xr:uid="{2A72BE90-7169-4568-9255-57F408E87EE2}"/>
+    <hyperlink ref="H261" r:id="rId323" xr:uid="{3BC7E91D-AD91-4E14-AD0E-12A35202AA02}"/>
+    <hyperlink ref="G238" r:id="rId324" xr:uid="{E9AA09E3-F433-4161-AF22-F85F6F15E05E}"/>
+    <hyperlink ref="G233" r:id="rId325" xr:uid="{ECE22E76-FB1D-4640-9746-28B9DBA7C97E}"/>
+    <hyperlink ref="G212" r:id="rId326" xr:uid="{DE3ED740-48EE-4B04-886D-C4A38AF0063A}"/>
+    <hyperlink ref="H208" r:id="rId327" xr:uid="{CAFB2FBD-8BC8-4113-99EE-8863E72BEB3C}"/>
+    <hyperlink ref="G205" r:id="rId328" xr:uid="{44A54F7A-CA59-44A6-BA2F-1224F9ED9EB7}"/>
+    <hyperlink ref="G202" r:id="rId329" xr:uid="{AF0E0514-2D65-46C2-BC01-BDA0BFB93C82}"/>
+    <hyperlink ref="G201" r:id="rId330" xr:uid="{9F3F68D2-43BB-4985-8D1F-4DFBF32CB5CB}"/>
+    <hyperlink ref="G183" r:id="rId331" xr:uid="{75806878-31E3-4301-84FF-80A1951CA45B}"/>
+    <hyperlink ref="G177" r:id="rId332" xr:uid="{A6110008-C0CB-4941-883D-FC046B27B48F}"/>
+    <hyperlink ref="G175" r:id="rId333" xr:uid="{D8C3C27C-3639-4D33-9035-A7399F010738}"/>
+    <hyperlink ref="G171" r:id="rId334" xr:uid="{6D148D62-9D8A-45D5-A74F-0503393B9CA5}"/>
+    <hyperlink ref="G168" r:id="rId335" xr:uid="{70B0DED5-9A24-45B5-AF0E-39A6FD5320D8}"/>
+    <hyperlink ref="G163" r:id="rId336" xr:uid="{DB81CF83-7EC1-4470-BB17-2E417639821E}"/>
+    <hyperlink ref="G161" r:id="rId337" xr:uid="{599AFDD7-D273-416B-BC14-2D0D3B23AE3C}"/>
+    <hyperlink ref="G160" r:id="rId338" xr:uid="{2C59B4C0-EDBD-44E6-8D14-054A9BCBFD05}"/>
+    <hyperlink ref="G158" r:id="rId339" xr:uid="{89A26B54-17C8-4591-B200-8F76EE22BF8B}"/>
+    <hyperlink ref="G154" r:id="rId340" xr:uid="{49D9CC7A-7D43-410C-8C02-5E8694F384F1}"/>
+    <hyperlink ref="G150" r:id="rId341" xr:uid="{6AC58D48-299B-4111-BF5F-D48EDC7EE154}"/>
+    <hyperlink ref="G147" r:id="rId342" xr:uid="{C68150E2-E123-4143-88BA-6091E534DD85}"/>
+    <hyperlink ref="G146" r:id="rId343" xr:uid="{9BBB5B80-4339-40D6-8890-038D36971665}"/>
+    <hyperlink ref="G145" r:id="rId344" xr:uid="{EEC30C3F-978D-45FE-8AAA-ABDC6D25AF8B}"/>
+    <hyperlink ref="G142" r:id="rId345" xr:uid="{C9B48669-B2F2-44E3-BD5A-ECFBD0D5A03C}"/>
+    <hyperlink ref="G128" r:id="rId346" xr:uid="{383EFD95-459D-47A5-B629-9066AD24754F}"/>
+    <hyperlink ref="G121" r:id="rId347" xr:uid="{1209D580-AC65-45A9-BC67-0F1AFD222DD0}"/>
+    <hyperlink ref="G114" r:id="rId348" xr:uid="{370052C4-E691-4967-B984-191CF263CE56}"/>
+    <hyperlink ref="G112" r:id="rId349" xr:uid="{F390C86B-0422-4902-B7C7-698BEECD6238}"/>
+    <hyperlink ref="G109" r:id="rId350" xr:uid="{C9C2980A-CA68-4630-A200-590ED63A7984}"/>
+    <hyperlink ref="G103" r:id="rId351" xr:uid="{5B7D580D-C584-433A-A952-171F16E8C80E}"/>
+    <hyperlink ref="G100" r:id="rId352" xr:uid="{137F91AC-2FC3-430A-B145-D63AE0608997}"/>
+    <hyperlink ref="G81" r:id="rId353" xr:uid="{64056F8D-1549-4B8E-A5F3-20C47C9877FE}"/>
+    <hyperlink ref="G80" r:id="rId354" xr:uid="{625D5D72-F66F-4B3A-80D8-1D2A00623AFE}"/>
+    <hyperlink ref="G70" r:id="rId355" xr:uid="{A2ACB350-873B-4850-87F5-B78813A45E9E}"/>
+    <hyperlink ref="G65" r:id="rId356" xr:uid="{C173868E-AF67-4F41-AAD1-C5145476BBF3}"/>
+    <hyperlink ref="G50" r:id="rId357" xr:uid="{020CD7D7-428C-4E9C-AD6B-F56494F68982}"/>
+    <hyperlink ref="G40" r:id="rId358" xr:uid="{849734E5-FE44-484B-93D1-FC166073963A}"/>
+    <hyperlink ref="G39" r:id="rId359" xr:uid="{31B598F8-04A6-494E-9959-9126787B3DD4}"/>
+    <hyperlink ref="H37" r:id="rId360" xr:uid="{A66560E8-109D-4F01-9A54-8C8E8B4E4EC6}"/>
+    <hyperlink ref="G16" r:id="rId361" xr:uid="{9F358ACE-C14C-44C0-8F5E-14FC63DB7680}"/>
+    <hyperlink ref="G14" r:id="rId362" xr:uid="{CD88D109-8E35-4937-AAE4-504906471ADD}"/>
+    <hyperlink ref="G10" r:id="rId363" xr:uid="{73F97DE7-399E-4FA9-A7B6-44B7B11CBFF9}"/>
+    <hyperlink ref="G7" r:id="rId364" xr:uid="{F888099B-D9BA-4727-8E94-16787CE2454C}"/>
+    <hyperlink ref="G4" r:id="rId365" xr:uid="{0BE64BB6-E6A0-465C-BFBE-F61FAD553FB1}"/>
+    <hyperlink ref="G57" r:id="rId366" xr:uid="{CF5806D1-4096-4DC8-BFCE-8CBC24BECCF6}"/>
+    <hyperlink ref="H57" r:id="rId367" xr:uid="{DE16FA7F-308E-490F-A808-ED2933FF9BD1}"/>
+    <hyperlink ref="H217" r:id="rId368" xr:uid="{746DA591-1E4D-4331-A032-07B512FF2E20}"/>
+    <hyperlink ref="H64" r:id="rId369" xr:uid="{5EAFCC79-2996-4BA9-99AF-B0D963532B91}"/>
+    <hyperlink ref="G96" r:id="rId370" xr:uid="{5FD2F36A-46E9-44A8-9CE6-AF6E8C761325}"/>
+    <hyperlink ref="H237" r:id="rId371" xr:uid="{519FC050-4CFA-4E33-A02D-C94A515FC3DD}"/>
+    <hyperlink ref="G272" r:id="rId372" xr:uid="{1CE24C80-9E87-444F-B64A-5BCC02480365}"/>
+    <hyperlink ref="G60" r:id="rId373" display="mailto:info@soniconsult.be" xr:uid="{0F7E62E6-C803-4592-9014-D2C71FA23424}"/>
+    <hyperlink ref="H251" r:id="rId374" xr:uid="{E37C8237-466C-4DCD-87D5-4127CB933C5A}"/>
+    <hyperlink ref="G251" r:id="rId375" xr:uid="{33982791-0A5B-458A-A87C-B15F75015634}"/>
+    <hyperlink ref="G134" r:id="rId376" xr:uid="{8FEBDD1C-41A8-49A5-9191-D8246D242242}"/>
+    <hyperlink ref="G197" r:id="rId377" xr:uid="{EF3F8371-DC41-4664-B6FE-34B8081D8BE3}"/>
+    <hyperlink ref="G148" r:id="rId378" xr:uid="{64B3FEE1-9102-4701-B4BF-D94AA39042CC}"/>
+    <hyperlink ref="H148" r:id="rId379" xr:uid="{9DFE08F1-FA4B-4F18-BAAE-3479DA2FBAFF}"/>
+    <hyperlink ref="G127" r:id="rId380" display="mailto:info@dlconsult.net" xr:uid="{A3F970F0-E6B4-4CF9-A5D3-65005E9803B9}"/>
+    <hyperlink ref="G221" r:id="rId381" xr:uid="{2093BD39-CA21-41FB-8E7B-AF7CEB295D94}"/>
+    <hyperlink ref="H221" r:id="rId382" xr:uid="{623AF0DB-1E2D-458C-9266-1431FCC724BB}"/>
+    <hyperlink ref="G125" r:id="rId383" xr:uid="{E836E5D4-859C-4156-BF55-4667C654D5ED}"/>
+    <hyperlink ref="G79" r:id="rId384" display="mailto:expert@xpertplus.be" xr:uid="{4A53C793-50F4-44D5-9A0E-898B3FC59AB2}"/>
+    <hyperlink ref="H266" r:id="rId385" xr:uid="{0E59545C-214F-4DE3-A5E9-F9C53FFF8039}"/>
+    <hyperlink ref="G266" r:id="rId386" xr:uid="{AD727988-C61C-473C-A6DF-6D19C2DD16F9}"/>
+    <hyperlink ref="H67" r:id="rId387" xr:uid="{3E80C161-B5C5-4632-A4CD-8A9C52C46C22}"/>
+    <hyperlink ref="H137" r:id="rId388" xr:uid="{481A01A2-5049-4282-8520-35377E50CF2A}"/>
+    <hyperlink ref="G137" r:id="rId389" xr:uid="{908B92D6-C6F0-480E-8751-92338CFE06DA}"/>
+    <hyperlink ref="G268" r:id="rId390" xr:uid="{0B4DDB29-0F52-40C0-AA6F-840F48DD3D3E}"/>
+    <hyperlink ref="G2" r:id="rId391" xr:uid="{153F614F-4BC6-4769-8192-BF5250316CA3}"/>
+    <hyperlink ref="G152" r:id="rId392" display="mailto:pro.mcbati@gmail.com" xr:uid="{76C0B760-FF1A-41EA-93AF-71ACEE8186A5}"/>
+    <hyperlink ref="H10" r:id="rId393" xr:uid="{CABEAB93-0CDE-45D1-8B92-49461406EC90}"/>
+    <hyperlink ref="G136" r:id="rId394" xr:uid="{B4CC3B72-9DE9-4F20-AC89-C8BDBBEA1338}"/>
+    <hyperlink ref="G278" r:id="rId395" xr:uid="{0EBACB5B-4000-4BDF-B255-3B7673A5E74C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId405"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId396"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Source xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <Deactivation xmlns="90186c42-d59e-4b39-af25-ece5438424cf">No deactivation</Deactivation>
     <Remark xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <Topic xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
     <Document_x0020_status xmlns="90186c42-d59e-4b39-af25-ece5438424cf">Activated</Document_x0020_status>
     <LinkToExtranet xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
     <Picture xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Picture>
     <Summary xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
     <Domain xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010017CF2264B672F54CB433997038AE0698" ma:contentTypeVersion="10" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="e074df94a8155d6e2136b7e888dc64d8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="483d3195-fe5b-482d-840a-a9669aec09e6" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="90186c42-d59e-4b39-af25-ece5438424cf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9d6f3a80e3daa187271b4187ab40263" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="483d3195-fe5b-482d-840a-a9669aec09e6"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="90186c42-d59e-4b39-af25-ece5438424cf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Remark" minOccurs="0"/>
                 <xsd:element ref="ns2:Domain" minOccurs="0"/>
                 <xsd:element ref="ns1:Picture" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:_Source" minOccurs="0"/>
                 <xsd:element ref="ns2:Topic" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:Document_x0020_status" minOccurs="0"/>
                 <xsd:element ref="ns4:Deactivation" minOccurs="0"/>
                 <xsd:element ref="ns2:LinkToExtranet" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -15507,94 +15257,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E1AC3D7-8D53-47A5-A273-6C2BF2248F85}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="90186c42-d59e-4b39-af25-ece5438424cf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="483d3195-fe5b-482d-840a-a9669aec09e6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F67CCAB3-7E47-4905-ACE6-3E2989A00A59}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0EFD11F-3216-44C9-84B6-448C56B4C5B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="483d3195-fe5b-482d-840a-a9669aec09e6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="90186c42-d59e-4b39-af25-ece5438424cf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F67CCAB3-7E47-4905-ACE6-3E2989A00A59}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>