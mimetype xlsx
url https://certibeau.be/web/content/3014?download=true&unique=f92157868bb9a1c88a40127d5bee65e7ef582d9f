--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,85 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spgebe-my.sharepoint.com/personal/caroline_frebutte_spge_be/Documents/Bureau/workinggirl/SITE/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="35" documentId="8_{436262B2-27BF-401A-98A4-A0A0FF2D3C16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3E7F112B-99B4-4BAA-B093-4810378078DC}"/>
+  <xr:revisionPtr revIDLastSave="34" documentId="8_{AE1E4858-36B6-4A09-BCF1-4BBAA8DDC7D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FFDDFC7A-B7DB-4484-8994-AF86D9B01BBB}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{DFAACC59-DEC5-4447-9ED8-B7E1D6F1707A}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2071" uniqueCount="1916">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2048" uniqueCount="1896">
   <si>
     <t>DE HALLEUX</t>
   </si>
   <si>
     <t>Lisa</t>
   </si>
   <si>
     <t>MARLAIR</t>
   </si>
   <si>
     <t>Thierry</t>
   </si>
   <si>
     <t>Céline</t>
   </si>
   <si>
     <t>JACQUEMART</t>
   </si>
   <si>
     <t>Jean-Luc</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
@@ -2194,98 +2195,77 @@
   <si>
     <t>BEAUPAIN</t>
   </si>
   <si>
     <t>BE 0765 794 016</t>
   </si>
   <si>
     <t>julien@vj-architecture.be</t>
   </si>
   <si>
     <t>https://www.vj-architecture.be</t>
   </si>
   <si>
     <t>0475/58 34 62</t>
   </si>
   <si>
     <t>EAU-A-2021-0172</t>
   </si>
   <si>
     <t>GILLIARD</t>
   </si>
   <si>
     <t>Emilie</t>
   </si>
   <si>
-    <t>BE 0876 238 117</t>
-[...4 lines deleted...]
-  <si>
     <t>0474/53 52 01</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
     <t>EAU-A-2021-0169</t>
   </si>
   <si>
     <t>DELHEZ</t>
   </si>
   <si>
     <t>e.delhez@hotmail.com</t>
   </si>
   <si>
     <t>0496/87 50 22</t>
   </si>
   <si>
     <t>EAU-A-2021-0170</t>
   </si>
   <si>
     <t>DEVILLERS</t>
   </si>
   <si>
     <t>Fabien</t>
   </si>
   <si>
-    <t xml:space="preserve">BE 0451 912 904 </t>
-[...13 lines deleted...]
-  <si>
     <t>EAU-A-2021-0173</t>
   </si>
   <si>
     <t>LOTTIN</t>
   </si>
   <si>
     <t>Caroline</t>
   </si>
   <si>
     <t>BE 0666 392 374</t>
   </si>
   <si>
     <t>EAU-A-2021-0176</t>
   </si>
   <si>
     <t>SMITZ</t>
   </si>
   <si>
     <t>BE 0865 591 772</t>
   </si>
   <si>
     <t>jonasmitz@gmail.com</t>
   </si>
   <si>
     <t>0469/35 32 75</t>
@@ -2611,59 +2591,50 @@
   <si>
     <t>Kévin</t>
   </si>
   <si>
     <t>KDA Energy</t>
   </si>
   <si>
     <t>BE 0645 633 681</t>
   </si>
   <si>
     <t>deacetis.kevin@gmail.com</t>
   </si>
   <si>
     <t>https://www.kda-energy.com</t>
   </si>
   <si>
     <t>0473/24 87 29</t>
   </si>
   <si>
     <t>EAU-A-2021-0203</t>
   </si>
   <si>
     <t>JADOUL</t>
   </si>
   <si>
-    <t>Andy Jadoul</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.etudepeb.be</t>
   </si>
   <si>
     <t>0474/75 10 89</t>
   </si>
   <si>
     <t>EAU-A-2021-0204</t>
   </si>
   <si>
     <t>BALCAEN</t>
   </si>
   <si>
     <t xml:space="preserve">Vincent Balcaen </t>
   </si>
   <si>
     <t>BE 0858 273 222</t>
   </si>
   <si>
     <t>mail@chauffagepeb.be</t>
   </si>
   <si>
     <t>https://www.chauffagepeb.be</t>
   </si>
   <si>
     <t>0478/36 39 81</t>
@@ -2911,62 +2882,53 @@
   <si>
     <t>Antoine Snyers</t>
   </si>
   <si>
     <t>BE 0829 770 563</t>
   </si>
   <si>
     <t>snyersa@yahoo.fr</t>
   </si>
   <si>
     <t>https://www.certificat-peb-moins-cher.com</t>
   </si>
   <si>
     <t>0495/93 99 77</t>
   </si>
   <si>
     <t>stephane.martin.certibeau@hotmail.com</t>
   </si>
   <si>
     <t>EAU-A-2021-0215</t>
   </si>
   <si>
     <t>EMAER</t>
   </si>
   <si>
-    <t>Sofistes ASBL</t>
-[...4 lines deleted...]
-  <si>
     <t>jerome.emaer@sofistes.be</t>
   </si>
   <si>
-    <t>https://www.sofistes.be</t>
-[...1 lines deleted...]
-  <si>
     <t>0497/88 59 41</t>
   </si>
   <si>
     <t>EAU-A-2021-0216</t>
   </si>
   <si>
     <t>QUITTELIER</t>
   </si>
   <si>
     <t>Olivier Quittelier Architecte SPRL</t>
   </si>
   <si>
     <t>BE 0810 625 238</t>
   </si>
   <si>
     <t>olivier.quittelier@skynet.be</t>
   </si>
   <si>
     <t>0496/51 26 26</t>
   </si>
   <si>
     <t>EAU-A-2021-0218</t>
   </si>
   <si>
     <t xml:space="preserve">PATTE </t>
@@ -3841,59 +3803,53 @@
   <si>
     <t>hd_wood@yahoo.fr</t>
   </si>
   <si>
     <t>https://www.hd-wood.be</t>
   </si>
   <si>
     <t>EAU-A-2021-0299</t>
   </si>
   <si>
     <t>LEVEQUE</t>
   </si>
   <si>
     <t>Jean-Marie</t>
   </si>
   <si>
     <t>Jean-Marie Levêque</t>
   </si>
   <si>
     <t xml:space="preserve">BE0765 213 796 </t>
   </si>
   <si>
     <t>levequejm@hotmail.com</t>
   </si>
   <si>
-    <t>Giga Architectures</t>
-[...1 lines deleted...]
-  <si>
     <t>Imhotep Engineering  SRL</t>
   </si>
   <si>
-    <t>Certigreen SPRL</t>
-[...1 lines deleted...]
-  <si>
     <t>VJ-Architecture SRL</t>
   </si>
   <si>
     <t>EAU-A-2021-0292</t>
   </si>
   <si>
     <t>EL BEJI</t>
   </si>
   <si>
     <t>Béchir</t>
   </si>
   <si>
     <t>Osmosis Architectes SRL</t>
   </si>
   <si>
     <t>BE 0841 986 130</t>
   </si>
   <si>
     <t>osmosisarchitectes@gmail.com</t>
   </si>
   <si>
     <t>0496/64 74 72</t>
   </si>
   <si>
     <t>EAU-A-2021-0295</t>
@@ -4132,71 +4088,50 @@
   <si>
     <t>charles@charles-lucas.com</t>
   </si>
   <si>
     <t>EAU-A-2021-0283</t>
   </si>
   <si>
     <t>BERLEMONT</t>
   </si>
   <si>
     <t>Antonin</t>
   </si>
   <si>
     <t>Antonin Berlemont</t>
   </si>
   <si>
     <t>BE 0772 997 586</t>
   </si>
   <si>
     <t>berlemont.antonin@gmail.com</t>
   </si>
   <si>
     <t>0478/65 82 34</t>
   </si>
   <si>
-    <t>EAU-A-2021-0303</t>
-[...19 lines deleted...]
-  <si>
     <t>EAU-A-2021-0304</t>
   </si>
   <si>
     <t>GRELLA</t>
   </si>
   <si>
     <t>Maxime Grella</t>
   </si>
   <si>
     <t>BE 0642 805 934</t>
   </si>
   <si>
     <t>grella.maxime@gmail.com</t>
   </si>
   <si>
     <t>0491/07 16 43</t>
   </si>
   <si>
     <t>EAU-A-2021-0305</t>
   </si>
   <si>
     <t>MICHA</t>
   </si>
   <si>
     <t>Amirode SPRL</t>
@@ -4372,56 +4307,50 @@
   <si>
     <t>RAES</t>
   </si>
   <si>
     <t>Frédéric Raes</t>
   </si>
   <si>
     <t>BE 0867 871 965</t>
   </si>
   <si>
     <t>fred.raes.pro@gmail.com</t>
   </si>
   <si>
     <t>0483/08 38 18</t>
   </si>
   <si>
     <t>Bureau d'architecte Parada Javier SPRL</t>
   </si>
   <si>
     <t>EAU-A-2021-0323</t>
   </si>
   <si>
     <t>PETIT</t>
   </si>
   <si>
-    <t>Sylvain Petit</t>
-[...4 lines deleted...]
-  <si>
     <t>sylvainpetit@skynet.be</t>
   </si>
   <si>
     <t>0485/75 80 35</t>
   </si>
   <si>
     <t>EAU-A-2021-0334</t>
   </si>
   <si>
     <t>MAES</t>
   </si>
   <si>
     <t>Mtprevention</t>
   </si>
   <si>
     <t>BE 0537 250 435</t>
   </si>
   <si>
     <t>mtprevention08@gmail.com</t>
   </si>
   <si>
     <t>https://www.mtprevention.be</t>
   </si>
   <si>
     <t>EAU-A-2021-0337</t>
@@ -5083,71 +5012,50 @@
   <si>
     <t>0471/61 23 61</t>
   </si>
   <si>
     <t>EAU-A-2021-0389</t>
   </si>
   <si>
     <t>YPERMAN</t>
   </si>
   <si>
     <t>Technical Solution</t>
   </si>
   <si>
     <t>BE 0667 380 982</t>
   </si>
   <si>
     <t>jfy@technical-solution.be</t>
   </si>
   <si>
     <t>https://www.technical-solution.be</t>
   </si>
   <si>
     <t>0471/63 38 31</t>
   </si>
   <si>
-    <t>EAU-A-2021-0392</t>
-[...19 lines deleted...]
-  <si>
     <t>EAU-A-2021-0382</t>
   </si>
   <si>
     <t>FANIELLE</t>
   </si>
   <si>
     <t>Roland</t>
   </si>
   <si>
     <t>Roland Fanielle</t>
   </si>
   <si>
     <t>BE 0833 996 793</t>
   </si>
   <si>
     <t>peb.fanielle@gmail.com</t>
   </si>
   <si>
     <t>0486/71 69 73</t>
   </si>
   <si>
     <t>RJ-Solutions</t>
   </si>
   <si>
     <t>0476/86.79.40</t>
@@ -5254,68 +5162,50 @@
   <si>
     <t>Terre et Eau Solution SRL</t>
   </si>
   <si>
     <t>BE 0782 660 237</t>
   </si>
   <si>
     <t>info@terre-eau.be</t>
   </si>
   <si>
     <t>https://www.terre-eau.be</t>
   </si>
   <si>
     <t>0470/38 90 09</t>
   </si>
   <si>
     <t>EAU-A-2021-0372</t>
   </si>
   <si>
     <t>NOLLEVAUX</t>
   </si>
   <si>
     <t>Géry</t>
   </si>
   <si>
-    <t>EAU-A-2021-0394</t>
-[...16 lines deleted...]
-  <si>
     <t>EAU-A-2021-0350</t>
   </si>
   <si>
     <t>GENTILE</t>
   </si>
   <si>
     <t>Flavio</t>
   </si>
   <si>
     <t>Flavio Gentile</t>
   </si>
   <si>
     <t>BE 0782 963 313</t>
   </si>
   <si>
     <t>flavio.gentile@forem.be</t>
   </si>
   <si>
     <t>0475/33 00 93</t>
   </si>
   <si>
     <t>EAU-A-2021-0395</t>
   </si>
   <si>
     <t>BAILLEUL</t>
@@ -5783,50 +5673,101 @@
     <t>christophe.starck.cs@gmail.com</t>
   </si>
   <si>
     <t>0497/54 67 17</t>
   </si>
   <si>
     <t>C.S.V SRL</t>
   </si>
   <si>
     <t>BE 0469 233 045</t>
   </si>
   <si>
     <t xml:space="preserve">csv7070@gmail.com </t>
   </si>
   <si>
     <t>KPM SC</t>
   </si>
   <si>
     <t>BE 1026 060 654</t>
   </si>
   <si>
     <t>alex@kpmcertificatie.be</t>
   </si>
   <si>
     <t>0469/43 71 16</t>
+  </si>
+  <si>
+    <t>SRL JEM CONSULTING</t>
+  </si>
+  <si>
+    <t>BE 0639 763 597</t>
+  </si>
+  <si>
+    <t>jeromeemaer@gmail.com</t>
+  </si>
+  <si>
+    <t>Giga Architecture SRL</t>
+  </si>
+  <si>
+    <t>BE 1022 668 129</t>
+  </si>
+  <si>
+    <t>emilie@giga-architecture.be</t>
+  </si>
+  <si>
+    <t>www.giga-architecture.be</t>
+  </si>
+  <si>
+    <t>Andy Jadoul SRL</t>
+  </si>
+  <si>
+    <t>BE 1026 867 635</t>
+  </si>
+  <si>
+    <t>info@etudepeb.be</t>
+  </si>
+  <si>
+    <t>Waste Finality Consulting (WAFICO) SPRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE 1011 992 981 </t>
+  </si>
+  <si>
+    <t>Info@wafico.be</t>
+  </si>
+  <si>
+    <t>https://www.wafico.be</t>
+  </si>
+  <si>
+    <t>04/277 13 19</t>
+  </si>
+  <si>
+    <t>SP GEOPROJECT SRL</t>
+  </si>
+  <si>
+    <t>BE 1026 306 718</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -6143,51 +6084,51 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="150">
+  <cellXfs count="146">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
@@ -6373,140 +6314,136 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="10" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="6" xfId="10" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="10" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Lien hypertexte 3" xfId="10" xr:uid="{EF6663F5-BC6C-449A-80FF-E8EEFE01330B}"/>
     <cellStyle name="Lien hypertexte 5" xfId="12" xr:uid="{B4049F14-642F-43E4-86DD-8301B7EB76C0}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{CE6C7CF3-3902-48A5-91DE-266F03D85F8B}"/>
     <cellStyle name="Normal 2 2" xfId="7" xr:uid="{A56ECB55-8CEB-4799-BA48-995B212F8607}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{45AEFA79-271B-4A5C-9303-A8316E4C23AD}"/>
     <cellStyle name="Normal 3 2" xfId="8" xr:uid="{DD7B3D77-3A81-46AC-9521-84B77214DC0C}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{300DBA26-70BB-42D2-B697-2BB50A1C6059}"/>
     <cellStyle name="Normal 5" xfId="2" xr:uid="{98E7D0D9-646F-4A91-B1C4-290702576587}"/>
     <cellStyle name="Normal 6" xfId="6" xr:uid="{9F1EBB6F-F6D4-4322-BCD4-65AF93C6592F}"/>
     <cellStyle name="Normal 7" xfId="11" xr:uid="{8F331648-1773-4C54-AE69-3232E5220D13}"/>
     <cellStyle name="Normal 8" xfId="9" xr:uid="{274AAD5F-044B-453C-BD1E-784CB161C352}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6761,8325 +6698,8240 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hes.lu/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa@jouck.be" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econormes.be/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolaspeters@2b-o.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wolfferts-architectes.be/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eloy.justine@gmail.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rudy.delmal@gmail.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dgraver@celsiushvac.be" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:selmane.dakir@belgotest.be" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@colaura.be" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energylux.eu/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurelien.deconinck@hotmail.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kda-energy.com/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcd-design@proximus.be" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.nollevaux@be-gnc.be" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.busin@gmail.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie@cometepeb.be" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancy.cnockaert@lcts.be" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.dutailly@hmsocquet.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draou@skynet.be" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.delhez@hotmail.com" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.electro-test.be/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xaviervdh@me.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julie.delorge@gmail.com" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.benius.be/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julien.bongartz@hotmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:snyersa@yahoo.fr" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enercetec.be/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:levequejm@hotmail.com" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alain.lhomme@outlook.be" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@optibim.be" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdevillers@certigreen.be" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archi.patrick.dubois@gmail.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurent.mahiat@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@qub-archi.be" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:auristelle.loneux@gmail.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dufour6@gmail.com" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.charles-lucas.com/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mac-concept@hotmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauranzalone@hotmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecturechantinne.be/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vsposato@voo.be" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@gnerj.be" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@hmsewer.be" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etudepeb.be/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.certibhugo.be/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpr.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.copmans@gmail.com" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.fanielle@gmail.com" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pironet.benjamin@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gnerj.be/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proxipeb.be/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:betudeslemaitre@gmail.com" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.altea-energie.be/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alterbois.be/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.technitherm.net/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pebcerti.com/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.debrabandere@hotmail.be" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.softarch.be/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@terre-eau.be" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rnaratelier@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vr.certibeau@outlook.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energie-immo-conseil/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emilie@giga-architectures.be" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoit.grandjean@skynet.be" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephane.martin.certibeau@hotmail.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.almadius.com/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nf.osmosis@gmail.com" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vincotte.be/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@teenconsulting.be" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carinefosse@yahoo.fr" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelvoisin77@gmail.com" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simonhigny@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:picardbenjamin1979@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germain@koeune.net" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hes.lu/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:berlemont.antonin@gmail.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kalbuschsam@gmail.com" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fred.raes.pro@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architectemania.be/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:albert_jeunehomme@hotmail.com" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dorianleclerc@hotmail.com" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanewilkin@hotmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chauffagepeb.be/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@adbarchitecture.be" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erinna.chin@outlook.fr" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap@aals.be" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certigeo.be/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rjsolutions.be/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoitvd@hotmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsewer.be/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.controleco.be/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpierre@adomaenergie.eu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soluxing.eu/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfa@enercetec.be" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moncertibeau.com/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cri19.gregoire@gmail.com" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pro.mcbati@gmail.com" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philippe.defever@gmail.com" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flavio.gentile@forem.be" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwingenierie-securite.be/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau1@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:didierbomal@yahoo.fr" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonasmitz@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.quittelier@skynet.be" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netsarchitectes@gmail.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eloywater.com/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liege@econormes.be" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sanifan.be/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aals.be/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.simon@gmail.com" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.patrick@hotmail.com" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.dubois@hotmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.devlieger@hotmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.bouquelle@hotmail.be" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lambertpeb.be/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.s.a@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eco-site.be/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adomaenergie.eu/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:serge@bastin.biz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audrey.deganseman@gmail.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domedeniro@hotmail.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvain.willaert@gmail.com" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thierryala@skynet.be" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admt_srl@hotmail.com" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certibeau.online/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@batinergie.be" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtprevention08@gmail.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expertise-peb.be/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecocerti.be/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bruno@bcb.be" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nge@outlook.be" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energylux.eu/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:energie@daniel-creutz.be" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgoffard@gmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:a.warnier@protonmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moncertificatpeb.be/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@iths.be" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herve.barbeaux@a-lien.be" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archi.nani@skynet.be" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecture-lodomez.be/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@kauffman.be" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.goudelouf@skynet.be" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierlot.archi@gmail.com" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bero.architecture@gmail.com" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ameragis@gmail.com" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grella.maxime@gmail.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ovalo.be" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeremieboembeke@outlook.fr" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bobservice.be" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econormes.be/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henneaux.danyel@skynet.be" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lw.architectes@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stordeurtravaux.be/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xaviervoisin.be/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@green-label.be" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katia.mot@homeco.be" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soni-consult.be/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elise.wavreille@dpe-bet.eu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:refstm@hotmail.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bureaudetudesgn.be/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@eco-site.be" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.leymarie@delta-architects.be" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@soniconsult.be" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurence.vandam@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.vcutsem@gmail.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.batinergie.be/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mtprevention.be/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@doneux-huy.be" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simon.schouben@energylux.eu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daniel-creutz.be/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@w-t.be" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lambertsprl.be" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwbcb.be/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jouck.be/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwarchitecte.be/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-lien.be/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lefevre.dols@mac.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb@altea-energie.be" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wallopeb.remi@gmail.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kauffman.be/FR/certibeau" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cindy@cpc-consult.be" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bourguignonfabian@gmail.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:water.construct.expertise@gmail.com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:expert@xpertplus.be" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ameragis.be/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@amirode.be" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ovalo.be/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodolphe.ramez@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent@peb-conseil.be" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@certiaction.be" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bobservice.be/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard.gpservices@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ingeo.group/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.glaude@egenergy.eu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nhaug@bpeb.be" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diegobernard@live.be" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@vertikcal.be" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:projet@justyourhome.be" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@stordeurtravaux.be" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciane.wertz@gmail.com" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereco.be/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alex@kpmcertificatie.be" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raphael@rpi-consulting.be" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@batiexpert.be" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent.thiteux@genii.be" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pyrotech.be/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:celinerandaxhe@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfcollard@ecobeltech.net" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastien.falmagne@belor.be" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lambertsprl.be/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.petitjean@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peb-conseil.be/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w.t.be/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.certicoord.be/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.altea-energie.be/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpr.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:araucatech@gmail.com" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerome.emaer@sofistes.be" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurasimon68@gmail.com" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bureau2e.be" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gilles.moulin@isoconseil.be" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deneil.coutisse@gmail.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolainno@gmail.com" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art-2.be/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereco.be/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energie-wallonie.be/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:energie@auditimmo.be" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aes.scsprl@gmail.com" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certiaction.be/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard-philippe.galer@electro-test.be" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecobeltech.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ingeo.group" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energy.eu/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonasmitz@gmail.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sanergtech.be/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justyourhome.be/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbruyere@misko-ingenieurs.eu" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parada.bureau@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpservices.be/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t.e3@outlook.be" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.batiexpert.be/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vertikcal/be" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxime@cereco.be" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa@alterbois.be" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.genii.be/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincentlegrand10@gmail.com" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belor.be/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfy@technical-solution.be" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:calogero.agnello@hotmail.be" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.deboel@hes.lu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:architecte.labar@skynet.be" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@wolfferts-architectes.be" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@otero-expertises.be" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acbd.be/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoit.tournay@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liege@econormes.be" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elie.delvigne@homeco.be" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isoconseil.be/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-lien.be/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ym.ya.architecture@gmail.com" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geo191460@outlook.com" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francois.v@cereco.be" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:as.gendre@gmail.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hd_wood@yahoo.fr" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@tech-neo.be" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schonep@skynet.be" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:centrepeb@gmail.com" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e;ectro-test.be/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julien@vj-architecture.be" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deacetis.kevin@gmail.com" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.misko-ingenieurs.eu/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@polwilmet.be" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretariat@energylux.eu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.marischal@atgi.be" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.te3.be/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:art.chauffage@hotmail.be" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.f.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification@tratec.be" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ch@camillehannecart.be" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@capenergies.be" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidmathieu1@hotmail.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sprl.jacquemart.jlg.co@gmail.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yaarchitecture.com/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.insalaco@skynet.be" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.machiels.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.joris@beos.be" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.technical-solution.be/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.otero-expertises.be/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homeco.be/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ts-ec.be" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecte-labar.be/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herveroland@hotmail.com" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/tm-entreprise/accueil" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pbcertibeau@gmail.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hd-wood.be/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.als-sprl.be/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vj-architecture.be/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascal.pouillard@electro-test.be" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interfacesolutions.be/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atgi.be/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art-2.be/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thermconfort@gmail.com" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:am@bmarchitectes.be" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.dinunzio@gmail.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephdesign@me.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bureauamv.be" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beos.be/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ap-architecte.be" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bmarchitectes.be/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elodie.chantinne@gmail.com" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@moncertificatpeb.be" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peb-service.be/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.celsiushvac.be/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belgotest.be/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colaura.be/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chantal@constructservices.be" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andy.jadoul@hotmail.be" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsocquet.com/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabian.servadio@sergeco.be" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@proxipeb.be" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lerooz.com/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eh@technitherm.net" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eda@altea-energie.be" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.quatresooz@gmail.com" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geoffrey_delferriere@hotmail.com" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.terre-eau.be/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matagne.julie@hotmail.fr" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christophe.jallet@a-lien.be" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renaudschuermans@hotmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@energie-immo-conseil.be" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certificat-peb-moins-cher.com/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@benius.be" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.camillehannecart.be/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osmosisarchitectes@gmail.com" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:softarch.be@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.optibim.be/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certigreen.be/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcroes@vincotte.be" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.deroubaix@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jd.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inys.be/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dk.peb@outlook.com" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.francus@gmail.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascallenoir@msn.com" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charles@charles-lucas.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bourguignonfabian.be/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danmania@voo.be" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsewer.be/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@chauffagepeb.be" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homeco.be/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geo-xs.be/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.capenergies.be/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregory.decock@gmail.com" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dlconsult.net" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:denis.honders@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@certigeo.be" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@hmsewer.be" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dv.arch.e@gmail.com" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@rjsolutions.be" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fanny.gonzalezvargas@outlook.be" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.polwilmet.be/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.foguenne@gmail.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@soluxing.eu" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.neve@atlascontrole.be" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andriolo.certification@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lambertarchi@gmail.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:d.dethiercs@outlook.com" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clement@delfossesprl.be" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:l.ros@almadius.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robin.crasset@gmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.giga-architectures.be/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sofistes.be/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t.julemont@eloywater.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cedservices.be" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pierreberger.com/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sanifan.be" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teenconsulting.be/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certificat-peb.ovh/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pads.consult@gmail.com" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie.barrez@hotmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@interfacesolutions.be" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talbotfabian@gmail.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nath.deltenre@gmail.com" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tech-in-red.be/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bureau2e.be/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvainpetit@skynet.be" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@ecocerti.be" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marlair.thierry@scure.eu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-architects.be/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blasejean@gmail.com" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adbarchitecture.be/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vercruysse-aurelie@hotmail.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nacola-izzo.business.site/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erinnachin.be/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germain@koeune.net" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@green-label.be" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econormes.be/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolaspeters@2b-o.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domedeniro@hotmail.com" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabian.servadio@sergeco.be" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eda@altea-energie.be" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecture-lodomez.be/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pyrotech.be/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lambertsprl.be/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energylux.eu/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurelien.deconinck@hotmail.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blasejean@gmail.com" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christophe.jallet@a-lien.be" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@benius.be" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.busin@gmail.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bureaudetudesgn.be/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aes.scsprl@gmail.com" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascal.pouillard@electro-test.be" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draou@skynet.be" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adomaenergie.eu/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:araucatech@gmail.com" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archi.patrick.dubois@gmail.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.francus@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julien.bongartz@hotmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb@altea-energie.be" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kauffman.be/FR/certibeau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.batinergie.be/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belor.be/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@optibim.be" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonasmitz@gmail.com" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homeco.be/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geo-xs.be/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@qub-archi.be" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:auristelle.loneux@gmail.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diegobernard@live.be" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@tech-neo.be" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:centrepeb@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lauranzalone@hotmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eco-site.be/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.technical-solution.be/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fanny.gonzalezvargas@outlook.be" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@hmsewer.be" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lefevre.dols@mac.com" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dlconsult.net" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpr.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.machiels.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.terre-eau.be/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:l.ros@almadius.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gnerj.be/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proxipeb.be/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nhaug@bpeb.be" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.neve@atlascontrole.be" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alterbois.be/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vertikcal/be" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.als-sprl.be/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beos.be/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.otero-expertises.be/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelvoisin77@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vr.certibeau@outlook.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energie-immo-conseil/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@w-t.be" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pierreberger.com/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@wolfferts-architectes.be" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nacola-izzo.business.site/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.genii.be/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colaura.be/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@teenconsulting.be" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carinefosse@yahoo.fr" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marlair.thierry@scure.eu" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tech-in-red.be/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:picardbenjamin1979@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.glaude@egenergy.eu" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification@tratec.be" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belgotest.be/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erinnachin.be/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geoffrey_delferriere@hotmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architectemania.be/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:albert_jeunehomme@hotmail.com" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@rjsolutions.be" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vercruysse-aurelie@hotmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:architecte.labar@skynet.be" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yaarchitecture.com/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certibeau.online/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:softarch.be@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certigeo.be/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flavio.gentile@forem.be" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thierryala@skynet.be" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsewer.be/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.controleco.be/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.f.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pbcertibeau@gmail.com" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierlot.archi@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moncertibeau.com/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bureauamv.be" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcroes@vincotte.be" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matagne.julie@hotmail.fr" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.dubois@hotmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau1@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-architects.be/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:didierbomal@yahoo.fr" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.deboel@hes.lu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecte-labar.be/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephdesign@me.com" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie@cometepeb.be" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leila.leymarie@delta-architects.be" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@soniconsult.be" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ameragis.be/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:levequejm@hotmail.com" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurence.vandam@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liege@econormes.be" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregory.decock@gmail.com" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.softarch.be/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bourguignonfabian.be/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bruno@bcb.be" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@eco-site.be" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.devlieger@hotmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.bouquelle@hotmail.be" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lambertpeb.be/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.s.a@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deacetis.kevin@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art-2.be/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bourguignonfabian@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audrey.deganseman@gmail.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.celsiushvac.be/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enercetec.be/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:water.construct.expertise@gmail.com" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:expert@xpertplus.be" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.charles-lucas.com/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:denis.honders@gmail.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vincotte.be/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau.patrick@hotmail.com" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rnaratelier@gmail.com" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@iths.be" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energylux.eu/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:energie@daniel-creutz.be" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgoffard@gmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hes.lu/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.delhez@hotmail.com" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@stordeurtravaux.be" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herve.barbeaux@a-lien.be" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dufour6@gmail.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eh@technitherm.net" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art-2.be/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciane.wertz@gmail.com" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereco.be/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alex@kpmcertificatie.be" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osmosisarchitectes@gmail.com" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fred.raes.pro@gmail.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andriolo.certification@gmail.com" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dorianleclerc@hotmail.com" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwbcb.be/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.econormes.be/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henneaux.danyel@skynet.be" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lw.architectes@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stordeurtravaux.be/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kda-energy.com/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cindy@cpc-consult.be" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katia.mot@homeco.be" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soni-consult.be/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:snyersa@yahoo.fr" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpr.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.camillehannecart.be/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurasimon68@gmail.com" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bureau2e.be" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereco.be/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.vcutsem@gmail.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charles@charles-lucas.com" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap@aals.be" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pads.consult@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simon.schouben@energylux.eu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daniel-creutz.be/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elodie.chantinne@gmail.com" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bobservice.be" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clement@delfossesprl.be" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:projet@justyourhome.be" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwarchitecte.be/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-lien.be/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lerooz.com/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascallenoir@msn.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.technitherm.net/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hd_wood@yahoo.fr" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cbruyere@misko-ingenieurs.eu" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parada.bureau@gmail.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxime@cereco.be" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerome.emaer@sofistes.be" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nf.osmosis@gmail.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvainpetit@skynet.be" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philippe.defever@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodolphe.ramez@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent@peb-conseil.be" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@ecocerti.be" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.petitjean@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard.gpservices@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ingeo.group/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etudepeb.be/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certificat-peb-moins-cher.com/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.capenergies.be/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.almadius.com/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acbd.be/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoit.tournay@gmail.com" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geo191460@outlook.com" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francois.v@cereco.be" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raphael@rpi-consulting.be" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@batiexpert.be" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:berlemont.antonin@gmail.com" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aals.be/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:celinerandaxhe@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfcollard@ecobeltech.net" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.simon@gmail.com" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bobservice.be/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwwingenierie-securite.be/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peb-conseil.be/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.architecturechantinne.be/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:betudeslemaitre@gmail.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hes.lu/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@soluxing.eu" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justyourhome.be/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ch@camillehannecart.be" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@capenergies.be" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidmathieu1@hotmail.fr" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gilles.moulin@isoconseil.be" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deneil.coutisse@gmail.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hd-wood.be/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cedservices.be" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeromeemaer@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energie-wallonie.be/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtprevention08@gmail.com" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expertise-peb.be/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecocerti.be/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:calogero.agnello@hotmail.be" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecobeltech.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ingeo.group" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@chauffagepeb.be" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephane.martin.certibeau@hotmail.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@adbarchitecture.be" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eloy.justine@gmail.com" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herveroland@hotmail.com" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rudy.delmal@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpservices.be/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t.e3@outlook.be" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.batiexpert.be/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:t.julemont@eloywater.com" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/tm-entreprise/accueil" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa@alterbois.be" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grella.maxime@gmail.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ovalo.be" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeremieboembeke@outlook.fr" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerard-philippe.galer@electro-test.be" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nge@outlook.be" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dk.peb@outlook.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.foguenne@gmail.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nath.deltenre@gmail.com" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.misko-ingenieurs.eu/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcd-design@proximus.be" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:am@bmarchitectes.be" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liege@econormes.be" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elie.delvigne@homeco.be" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isoconseil.be/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-lien.be/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soluxing.eu/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.nollevaux@be-gnc.be" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wafico.be/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eloywater.com/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cri19.gregoire@gmail.com" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mtprevention.be/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@doneux-huy.be" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lambertsprl.be" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa@jouck.be" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julien@vj-architecture.be" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chauffagepeb.be/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@moncertificatpeb.be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@polwilmet.be" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretariat@energylux.eu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.marischal@atgi.be" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.te3.be/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:art.chauffage@hotmail.be" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.quittelier@skynet.be" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adbarchitecture.be/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julie.delorge@gmail.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peb-service.be/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.benius.be/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sprl.jacquemart.jlg.co@gmail.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvain.willaert@gmail.com" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@amirode.be" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ovalo.be/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@certiaction.be" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e;ectro-test.be/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thermconfort@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homeco.be/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ts-ec.be" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpierre@adomaenergie.eu" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurent.mahiat@gmail.com" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certibeau@kauffman.be" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@batinergie.be" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastien.falmagne@belor.be" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vj-architecture.be/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jouck.be/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interfacesolutions.be/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atgi.be/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archi.nani@skynet.be" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@gnerj.be" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.certibhugo.be/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pierre.dinunzio@gmail.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:refstm@hotmail.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:energie@auditimmo.be" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certiaction.be/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ap-architecte.be" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bmarchitectes.be/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talbotfabian@gmail.com" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pironet.benjamin@gmail.com" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.altea-energie.be/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wallopeb.remi@gmail.com" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincentlegrand10@gmail.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfy@technical-solution.be" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chantal@constructservices.be" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moncertificatpeb.be/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.electro-test.be/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoit.grandjean@skynet.be" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@proxipeb.be" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elise.wavreille@dpe-bet.eu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@vertikcal.be" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.debrabandere@hotmail.be" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.quatresooz@gmail.com" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schonep@skynet.be" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@otero-expertises.be" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.deroubaix@gmail.com" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simonhigny@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renaudschuermans@hotmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@energie-immo-conseil.be" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.altea-energie.be/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolainno@gmail.com" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent.thiteux@genii.be" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.joris@beos.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.optibim.be/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:a.warnier@protonmail.com" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@colaura.be" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanewilkin@hotmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jd.certibeau@gmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inys.be/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xaviervoisin.be/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kalbuschsam@gmail.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sanergtech.be/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:selmane.dakir@belgotest.be" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peb.fanielle@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danmania@voo.be" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hmsewer.be/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.certicoord.be/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benoitvd@hotmail.com" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erinna.chin@outlook.fr" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ym.ya.architecture@gmail.com" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancy.cnockaert@lcts.be" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pro.mcbati@gmail.com" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alain.lhomme@outlook.be" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@certigeo.be" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@hmsewer.be" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dv.arch.e@gmail.com" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@terre-eau.be" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfa@enercetec.be" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.polwilmet.be/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonasmitz@gmail.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:as.gendre@gmail.com" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mac-concept@hotmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lambertarchi@gmail.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xaviervdh@me.com" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melanie.barrez@hotmail.com" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netsarchitectes@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robin.crasset@gmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w.t.be/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wolfferts-architectes.be/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ameragis@gmail.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.insalaco@skynet.be" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admt_srl@hotmail.com" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.copmans@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teenconsulting.be/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.certificat-peb.ovh/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vsposato@voo.be" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:serge@bastin.biz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@interfacesolutions.be" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.energy.eu/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dgraver@celsiushvac.be" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bero.architecture@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bureau2e.be/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pebcerti.com/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rjsolutions.be/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.goudelouf@skynet.be" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{513A2FB7-FD1E-41CC-9037-10BACF6FDB26}">
-  <dimension ref="A1:J294"/>
+  <dimension ref="A1:J291"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A275" workbookViewId="0">
-      <selection activeCell="B281" sqref="B281"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="I183" sqref="I183"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="21.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17.109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.6640625" customWidth="1"/>
     <col min="6" max="6" width="14.44140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.109375" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="25.44140625" customWidth="1"/>
+    <col min="8" max="8" width="30.33203125" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="25" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="18" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="18" t="s">
         <v>27</v>
       </c>
       <c r="C1" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D1" s="18" t="s">
         <v>29</v>
       </c>
       <c r="E1" s="19" t="s">
         <v>30</v>
       </c>
       <c r="F1" s="18" t="s">
         <v>31</v>
       </c>
       <c r="G1" s="20" t="s">
         <v>33</v>
       </c>
       <c r="H1" s="17" t="s">
         <v>38</v>
       </c>
       <c r="I1" s="18" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="83">
         <v>1020</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>1877</v>
+        <v>1840</v>
       </c>
       <c r="C2" s="39" t="s">
-        <v>1878</v>
+        <v>1841</v>
       </c>
       <c r="D2" s="24" t="s">
         <v>598</v>
       </c>
       <c r="E2" s="13" t="s">
-        <v>1879</v>
-[...2 lines deleted...]
-        <v>1880</v>
+        <v>1842</v>
+      </c>
+      <c r="F2" s="135" t="s">
+        <v>1843</v>
       </c>
       <c r="G2" s="33" t="s">
-        <v>1899</v>
+        <v>1862</v>
       </c>
       <c r="H2" s="26"/>
       <c r="I2" s="24"/>
     </row>
     <row r="3" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3">
         <v>1200</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C3" s="22" t="s">
         <v>312</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>314</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>315</v>
       </c>
       <c r="G3" s="37" t="s">
         <v>316</v>
       </c>
       <c r="H3" s="43"/>
       <c r="I3" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="3">
         <v>1310</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>829</v>
+        <v>822</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>831</v>
+        <v>824</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="G4" s="21" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="3">
         <v>1340</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>55</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>656</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>657</v>
       </c>
       <c r="G5" s="52" t="s">
         <v>658</v>
       </c>
       <c r="H5" s="41" t="s">
         <v>323</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="3">
-        <v>1360</v>
-[...2 lines deleted...]
-        <v>1365</v>
+        <v>1370</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>166</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>1366</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>167</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>168</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>1367</v>
+        <v>169</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>1368</v>
-[...5 lines deleted...]
-        <v>1370</v>
+        <v>170</v>
+      </c>
+      <c r="G6" s="116" t="s">
+        <v>171</v>
+      </c>
+      <c r="H6" s="26" t="s">
+        <v>172</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>1371</v>
+        <v>173</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="3">
         <v>1370</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>871</v>
+      </c>
+      <c r="C7" s="22" t="s">
+        <v>872</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>873</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>874</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-        <v>172</v>
+        <v>875</v>
+      </c>
+      <c r="G7" s="37" t="s">
+        <v>876</v>
+      </c>
+      <c r="H7" s="21" t="s">
+        <v>877</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>173</v>
+        <v>878</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="3">
+      <c r="A8" s="43">
         <v>1370</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...9 lines deleted...]
-        <v>884</v>
+      <c r="B8" s="22" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C8" s="58" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D8" s="58" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>1546</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>886</v>
+        <v>1547</v>
+      </c>
+      <c r="G8" s="69" t="s">
+        <v>1548</v>
       </c>
       <c r="H8" s="21" t="s">
-        <v>887</v>
+        <v>1549</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>888</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="43">
-[...9 lines deleted...]
-        <v>1569</v>
+      <c r="A9" s="3">
+        <v>1380</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>345</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>1570</v>
-[...5 lines deleted...]
-        <v>1572</v>
+        <v>1698</v>
+      </c>
+      <c r="F9" s="13" t="s">
+        <v>1699</v>
+      </c>
+      <c r="G9" s="21" t="s">
+        <v>1741</v>
       </c>
       <c r="H9" s="21" t="s">
-        <v>1573</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>1865</v>
+      </c>
+      <c r="I9" s="9" t="s">
+        <v>346</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="3">
         <v>1380</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...3 lines deleted...]
-        <v>344</v>
+      <c r="B10" s="9" t="s">
+        <v>623</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>624</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>345</v>
+        <v>625</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>1729</v>
-[...11 lines deleted...]
-        <v>346</v>
+        <v>1796</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G10" s="50" t="s">
+        <v>626</v>
+      </c>
+      <c r="H10" s="26" t="s">
+        <v>627</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>628</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="3">
-[...24 lines deleted...]
-        <v>628</v>
+      <c r="A11" s="12">
+        <v>1390</v>
+      </c>
+      <c r="B11" s="24" t="s">
+        <v>288</v>
+      </c>
+      <c r="C11" t="s">
+        <v>289</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>1701</v>
+      </c>
+      <c r="G11" s="78" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H11" s="25" t="s">
+        <v>1703</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>1704</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="12">
+      <c r="A12" s="3">
         <v>1390</v>
       </c>
-      <c r="B12" s="24" t="s">
-[...21 lines deleted...]
-        <v>1735</v>
+      <c r="B12" s="22" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G12" s="37" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H12" s="21" t="s">
+        <v>1304</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>1305</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="3">
-        <v>1390</v>
-[...2 lines deleted...]
-        <v>1314</v>
+        <v>1400</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>174</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>1315</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>175</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>176</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>1316</v>
+        <v>177</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>1317</v>
-[...6 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="G13" s="116" t="s">
+        <v>179</v>
+      </c>
+      <c r="H13" s="26"/>
       <c r="I13" s="1" t="s">
-        <v>1320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="3">
-        <v>1400</v>
+      <c r="A14" s="12">
+        <v>1410</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>174</v>
-[...18 lines deleted...]
-        <v>180</v>
+        <v>1677</v>
+      </c>
+      <c r="C14" s="113" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D14" s="105" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>1681</v>
+      </c>
+      <c r="G14" s="25" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H14" s="25" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I14" s="9" t="s">
+        <v>1684</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="12">
-        <v>1410</v>
+      <c r="A15" s="3">
+        <v>1420</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>1708</v>
-[...20 lines deleted...]
-        <v>1715</v>
+        <v>103</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G15" s="28" t="s">
+        <v>108</v>
+      </c>
+      <c r="H15" s="22"/>
+      <c r="I15" s="1" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="3">
         <v>1420</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>103</v>
-[...8 lines deleted...]
-        <v>106</v>
+        <v>659</v>
+      </c>
+      <c r="C16" s="22" t="s">
+        <v>660</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>661</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-      <c r="H16" s="22"/>
+        <v>662</v>
+      </c>
+      <c r="G16" s="54" t="s">
+        <v>663</v>
+      </c>
+      <c r="H16" s="1"/>
       <c r="I16" s="1" t="s">
-        <v>109</v>
+        <v>664</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="3">
-        <v>1420</v>
+      <c r="A17" s="43">
+        <v>1440</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>659</v>
-[...16 lines deleted...]
-      <c r="H17" s="1"/>
+        <v>1743</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H17" s="44" t="s">
+        <v>1749</v>
+      </c>
       <c r="I17" s="1" t="s">
-        <v>664</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="43">
-        <v>1440</v>
+      <c r="A18" s="3">
+        <v>1457</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>1780</v>
+        <v>78</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>1781</v>
+        <v>22</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>1782</v>
+        <v>4</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>1783</v>
-[...9 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="F18" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" s="52" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18" s="22"/>
       <c r="I18" s="1" t="s">
-        <v>1787</v>
+        <v>331</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="3">
         <v>1457</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>78</v>
-[...16 lines deleted...]
-      <c r="H19" s="22"/>
+        <v>332</v>
+      </c>
+      <c r="C19" s="22" t="s">
+        <v>333</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="G19" s="41" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H19" s="1"/>
       <c r="I19" s="1" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="3">
-        <v>1457</v>
+        <v>1472</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>332</v>
-[...16 lines deleted...]
-      <c r="H20" s="1"/>
+        <v>76</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D20" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H20" s="44" t="s">
+        <v>322</v>
+      </c>
       <c r="I20" s="1" t="s">
-        <v>337</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="3">
-        <v>1472</v>
+        <v>4000</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>76</v>
-[...11 lines deleted...]
-        <v>57</v>
+        <v>96</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>100</v>
       </c>
       <c r="G21" s="7" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
       <c r="H21" s="44" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>321</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="3">
         <v>4000</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-      <c r="E22" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="F22" s="1" t="s">
+      <c r="F22" s="9" t="s">
         <v>100</v>
       </c>
-      <c r="G22" s="7" t="s">
+      <c r="G22" s="16" t="s">
         <v>101</v>
       </c>
-      <c r="H22" s="44" t="s">
+      <c r="H22" s="45" t="s">
         <v>321</v>
       </c>
-      <c r="I22" s="5" t="s">
-        <v>102</v>
+      <c r="I22" s="1" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="3">
         <v>4000</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>100</v>
+        <v>9</v>
+      </c>
+      <c r="E23" s="13" t="s">
+        <v>1808</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>1809</v>
       </c>
       <c r="G23" s="16" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="H23" s="22"/>
       <c r="I23" s="1" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="3">
+      <c r="A24" s="82">
         <v>4000</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B24" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="G24" s="51" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H24" s="5"/>
+      <c r="I24" s="1"/>
     </row>
     <row r="25" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="82">
+      <c r="A25" s="71">
         <v>4000</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...18 lines deleted...]
-      <c r="I25" s="1"/>
+      <c r="B25" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C25" s="72" t="s">
+        <v>717</v>
+      </c>
+      <c r="D25" s="73" t="s">
+        <v>718</v>
+      </c>
+      <c r="E25" s="74" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F25" s="77" t="s">
+        <v>1883</v>
+      </c>
+      <c r="G25" s="90" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>719</v>
+      </c>
     </row>
     <row r="26" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="71">
+      <c r="A26" s="61">
         <v>4000</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...17 lines deleted...]
-      <c r="H26" s="7" t="s">
+      <c r="B26" s="24" t="s">
+        <v>732</v>
+      </c>
+      <c r="C26" s="62" t="s">
+        <v>733</v>
+      </c>
+      <c r="D26" s="63" t="s">
+        <v>370</v>
+      </c>
+      <c r="E26" s="64" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F26" s="63" t="s">
         <v>734</v>
       </c>
-      <c r="I26" s="5" t="s">
-        <v>721</v>
+      <c r="G26" s="89" t="s">
+        <v>735</v>
+      </c>
+      <c r="H26" s="24"/>
+      <c r="I26" s="24" t="s">
+        <v>736</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A27" s="61">
+      <c r="A27" s="3">
         <v>4000</v>
       </c>
-      <c r="B27" s="24" t="s">
-[...5 lines deleted...]
-      <c r="D27" s="63" t="s">
+      <c r="B27" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="C27" s="72" t="s">
+        <v>922</v>
+      </c>
+      <c r="D27" s="73" t="s">
+        <v>923</v>
+      </c>
+      <c r="E27" s="74" t="s">
+        <v>924</v>
+      </c>
+      <c r="F27" s="73" t="s">
+        <v>925</v>
+      </c>
+      <c r="G27" s="30" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>1023</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="71">
+        <v>4000</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="C28" s="72" t="s">
+        <v>733</v>
+      </c>
+      <c r="D28" s="73" t="s">
         <v>370</v>
       </c>
-      <c r="E27" s="64" t="s">
-[...14 lines deleted...]
-      <c r="A28" s="3">
+      <c r="E28" s="64" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F28" s="73" t="s">
+        <v>734</v>
+      </c>
+      <c r="G28" s="90" t="s">
+        <v>735</v>
+      </c>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="85">
         <v>4000</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...25 lines deleted...]
-      <c r="A29" s="71">
+      <c r="B29" s="24" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C29" s="86" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D29" s="75" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E29" s="24" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="G29" s="66" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H29" s="25" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="3">
         <v>4000</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...23 lines deleted...]
-      <c r="A30" s="85">
+      <c r="B30" s="22" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C30" s="58" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D30" s="58" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="G30" s="37" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H30" s="21" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="110">
         <v>4000</v>
       </c>
-      <c r="B30" s="24" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="B31" s="22" t="s">
-        <v>1506</v>
-[...20 lines deleted...]
-        <v>1512</v>
+        <v>1571</v>
+      </c>
+      <c r="C31" s="113" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D31" s="105" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E31" s="9" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G31" s="30" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H31" s="9"/>
+      <c r="I31" s="9" t="s">
+        <v>1575</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="110">
-        <v>4000</v>
+      <c r="A32" s="43">
+        <v>4031</v>
       </c>
       <c r="B32" s="22" t="s">
-        <v>1595</v>
-[...18 lines deleted...]
-        <v>1599</v>
+        <v>1389</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D32" s="22" t="s">
+        <v>411</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G32" s="52" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H32" s="26" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>1395</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="43">
-[...3 lines deleted...]
-        <v>1411</v>
+      <c r="A33" s="3">
+        <v>4040</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>1412</v>
-[...2 lines deleted...]
-        <v>411</v>
+        <v>15</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>14</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>1413</v>
-[...2 lines deleted...]
-        <v>1414</v>
+        <v>87</v>
+      </c>
+      <c r="F33" s="11" t="s">
+        <v>88</v>
       </c>
       <c r="G33" s="52" t="s">
-        <v>1415</v>
-[...5 lines deleted...]
-        <v>1417</v>
+        <v>89</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>870</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="3">
-[...8 lines deleted...]
-      <c r="D34" s="4" t="s">
+      <c r="A34" s="29">
+        <v>4050</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="C34" s="24" t="s">
+        <v>384</v>
+      </c>
+      <c r="D34" s="24" t="s">
+        <v>385</v>
+      </c>
+      <c r="E34" s="24" t="s">
+        <v>386</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="G34" s="28" t="s">
+        <v>388</v>
+      </c>
+      <c r="H34" s="26"/>
+      <c r="I34" s="1" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="3">
+        <v>4051</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G35" s="132" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" s="26" t="s">
+        <v>152</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="71">
+        <v>4052</v>
+      </c>
+      <c r="B36" s="9" t="s">
+        <v>728</v>
+      </c>
+      <c r="C36" s="72" t="s">
+        <v>729</v>
+      </c>
+      <c r="D36" s="73" t="s">
+        <v>730</v>
+      </c>
+      <c r="E36" s="74" t="s">
+        <v>882</v>
+      </c>
+      <c r="F36" s="77" t="s">
+        <v>731</v>
+      </c>
+      <c r="G36" s="65" t="s">
+        <v>883</v>
+      </c>
+      <c r="H36" s="21" t="s">
+        <v>884</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="2">
+        <v>4053</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="C37" s="24" t="s">
+        <v>349</v>
+      </c>
+      <c r="D37" s="24" t="s">
+        <v>350</v>
+      </c>
+      <c r="E37" s="22" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="G37" s="37" t="s">
+        <v>1770</v>
+      </c>
+      <c r="H37" s="26"/>
+      <c r="I37" s="1" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="3">
+        <v>4100</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C38" s="39" t="s">
+        <v>300</v>
+      </c>
+      <c r="D38" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="E38" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="F38" s="24" t="s">
+        <v>302</v>
+      </c>
+      <c r="G38" s="108" t="s">
+        <v>303</v>
+      </c>
+      <c r="H38" s="26"/>
+      <c r="I38" s="5" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="29">
+        <v>4100</v>
+      </c>
+      <c r="B39" s="9" t="s">
+        <v>681</v>
+      </c>
+      <c r="C39" s="58" t="s">
+        <v>682</v>
+      </c>
+      <c r="D39" s="59" t="s">
         <v>14</v>
       </c>
-      <c r="E34" s="1" t="s">
-[...128 lines deleted...]
-      <c r="A39" s="3">
+      <c r="E39" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="G39" s="52" t="s">
+        <v>685</v>
+      </c>
+      <c r="H39" s="27" t="s">
+        <v>686</v>
+      </c>
+      <c r="I39" s="31" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="123">
         <v>4100</v>
       </c>
-      <c r="B39" s="1" t="s">
-[...48 lines deleted...]
-        <v>687</v>
+      <c r="B40" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="C40" s="122" t="s">
+        <v>726</v>
+      </c>
+      <c r="D40" s="60" t="s">
+        <v>727</v>
+      </c>
+      <c r="E40" s="144" t="s">
+        <v>1889</v>
+      </c>
+      <c r="F40" s="142" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G40" s="143" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H40" s="21" t="s">
+        <v>1892</v>
+      </c>
+      <c r="I40" s="13" t="s">
+        <v>1893</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="125">
-[...24 lines deleted...]
-        <v>733</v>
+      <c r="A41" s="3">
+        <v>4120</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C41" s="22" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E41" s="13" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="G41" s="52" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H41" s="5"/>
+      <c r="I41" s="9" t="s">
+        <v>1445</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="3">
-        <v>4120</v>
+        <v>4130</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>1464</v>
-[...8 lines deleted...]
-        <v>1466</v>
+        <v>80</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D42" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>94</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>1467</v>
+        <v>48</v>
       </c>
       <c r="G42" s="52" t="s">
-        <v>1468</v>
-[...1 lines deleted...]
-      <c r="H42" s="5"/>
+        <v>84</v>
+      </c>
+      <c r="H42" s="44" t="s">
+        <v>320</v>
+      </c>
       <c r="I42" s="1" t="s">
-        <v>1469</v>
+        <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="3">
         <v>4130</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>80</v>
-[...8 lines deleted...]
-        <v>94</v>
+        <v>1153</v>
+      </c>
+      <c r="C43" s="22" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E43" s="13" t="s">
+        <v>1156</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>1157</v>
+      </c>
+      <c r="G43" s="37" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H43" s="1"/>
       <c r="I43" s="1" t="s">
-        <v>47</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A44" s="3">
+      <c r="A44" s="71">
         <v>4130</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...15 lines deleted...]
-        <v>1171</v>
+      <c r="B44" s="9" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C44" s="72" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D44" s="73" t="s">
+        <v>231</v>
+      </c>
+      <c r="E44" s="73" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F44" s="95" t="s">
+        <v>1723</v>
+      </c>
+      <c r="G44" s="119" t="s">
+        <v>1724</v>
       </c>
       <c r="H44" s="1"/>
       <c r="I44" s="1" t="s">
-        <v>1172</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="71">
-[...22 lines deleted...]
-        <v>1762</v>
+      <c r="A45" s="3">
+        <v>4140</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>373</v>
+      </c>
+      <c r="H45" s="21" t="s">
+        <v>374</v>
+      </c>
+      <c r="I45" s="9" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="3">
+      <c r="A46" s="85">
         <v>4140</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...21 lines deleted...]
-        <v>375</v>
+      <c r="B46" s="9" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C46" s="86" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D46" s="75" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E46" s="38" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G46" s="66" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H46" s="25" t="s">
+        <v>1196</v>
+      </c>
+      <c r="I46" s="24" t="s">
+        <v>1201</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="85">
-[...24 lines deleted...]
-        <v>1214</v>
+      <c r="A47" s="3">
+        <v>4163</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E47" s="13" t="s">
+        <v>464</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="G47" s="37" t="s">
+        <v>466</v>
+      </c>
+      <c r="H47" s="21"/>
+      <c r="I47" s="1" t="s">
+        <v>467</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="3">
-        <v>4163</v>
-[...11 lines deleted...]
-        <v>464</v>
+        <v>4217</v>
+      </c>
+      <c r="B48" s="22" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>1358</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>465</v>
-[...6 lines deleted...]
-        <v>467</v>
+        <v>1359</v>
+      </c>
+      <c r="G48" s="21" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H48" s="13"/>
+      <c r="I48" s="5" t="s">
+        <v>1361</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="3">
-        <v>4217</v>
+        <v>4260</v>
       </c>
       <c r="B49" s="22" t="s">
-        <v>1378</v>
+        <v>1326</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>1379</v>
+        <v>1327</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>1380</v>
+        <v>720</v>
+      </c>
+      <c r="E49" s="96" t="s">
+        <v>1838</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>1381</v>
-[...6 lines deleted...]
-        <v>1383</v>
+        <v>1839</v>
+      </c>
+      <c r="G49" s="121" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H49" s="1"/>
+      <c r="I49" s="1" t="s">
+        <v>1329</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A50" s="3">
+      <c r="A50" s="107">
         <v>4260</v>
       </c>
       <c r="B50" s="22" t="s">
-        <v>1341</v>
-[...16 lines deleted...]
-      <c r="H50" s="1"/>
+        <v>1489</v>
+      </c>
+      <c r="C50" s="94" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D50" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F50" s="103" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G50" s="104" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H50" s="4"/>
       <c r="I50" s="1" t="s">
-        <v>1344</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A51" s="107">
-[...20 lines deleted...]
-      <c r="H51" s="4"/>
+      <c r="A51" s="71">
+        <v>4340</v>
+      </c>
+      <c r="B51" s="9" t="s">
+        <v>737</v>
+      </c>
+      <c r="C51" s="72" t="s">
+        <v>738</v>
+      </c>
+      <c r="D51" s="73" t="s">
+        <v>739</v>
+      </c>
+      <c r="E51" s="74" t="s">
+        <v>740</v>
+      </c>
+      <c r="F51" s="73" t="s">
+        <v>741</v>
+      </c>
+      <c r="G51" s="90" t="s">
+        <v>742</v>
+      </c>
+      <c r="H51" s="1"/>
       <c r="I51" s="1" t="s">
-        <v>1518</v>
+        <v>743</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="71">
-        <v>4340</v>
+      <c r="A52" s="3">
+        <v>4347</v>
       </c>
       <c r="B52" s="9" t="s">
-        <v>744</v>
-[...16 lines deleted...]
-      <c r="H52" s="1"/>
+        <v>938</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>939</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="G52" s="37" t="s">
+        <v>942</v>
+      </c>
+      <c r="H52" s="21" t="s">
+        <v>943</v>
+      </c>
       <c r="I52" s="1" t="s">
-        <v>750</v>
+        <v>944</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A53" s="3">
-[...24 lines deleted...]
-        <v>954</v>
+      <c r="A53" s="83">
+        <v>4400</v>
+      </c>
+      <c r="B53" s="22" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D53" s="39" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E53" s="24" t="s">
+        <v>1782</v>
+      </c>
+      <c r="F53" s="32" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G53" s="27" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H53" s="32"/>
+      <c r="I53" s="24" t="s">
+        <v>1730</v>
       </c>
     </row>
     <row r="54" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A54" s="83">
-        <v>4400</v>
+      <c r="A54" s="3">
+        <v>4420</v>
       </c>
       <c r="B54" s="22" t="s">
-        <v>1763</v>
-[...18 lines deleted...]
-        <v>1767</v>
+        <v>1461</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D54" s="58" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="G54" s="102" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H54" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>1467</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" s="3">
-        <v>4420</v>
+        <v>4430</v>
       </c>
       <c r="B55" s="22" t="s">
-        <v>1485</v>
+        <v>1350</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>1486</v>
-[...15 lines deleted...]
-      </c>
+        <v>1351</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>765</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G55" s="21" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H55" s="4"/>
       <c r="I55" s="1" t="s">
-        <v>1491</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="56" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A56" s="3">
+      <c r="A56" s="110">
         <v>4430</v>
       </c>
       <c r="B56" s="22" t="s">
-        <v>1372</v>
-[...16 lines deleted...]
-      <c r="H56" s="4"/>
+        <v>1594</v>
+      </c>
+      <c r="C56" s="9" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E56" s="13" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H56" s="52" t="s">
+        <v>1598</v>
+      </c>
       <c r="I56" s="1" t="s">
-        <v>1377</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A57" s="110">
-[...6 lines deleted...]
-        <v>1619</v>
+      <c r="A57" s="3">
+        <v>4360</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>666</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>1620</v>
-[...1 lines deleted...]
-      <c r="E57" s="13" t="s">
+        <v>667</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="G57" s="21" t="s">
+        <v>669</v>
+      </c>
+      <c r="H57" s="21" t="s">
+        <v>670</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="12">
+        <v>4470</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="C58" t="s">
+        <v>620</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F58" s="5" t="s">
         <v>1814</v>
       </c>
-      <c r="F57" s="1" t="s">
-[...38 lines deleted...]
-        <v>1688</v>
+      <c r="G58" s="33" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H58" s="21" t="s">
+        <v>621</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>622</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="3">
-[...22 lines deleted...]
-      </c>
+      <c r="A59" s="107">
+        <v>4470</v>
+      </c>
+      <c r="B59" s="22" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C59" s="95" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D59" s="73" t="s">
+        <v>345</v>
+      </c>
+      <c r="E59" s="138" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F59" s="103" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G59" s="104" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H59" s="4"/>
       <c r="I59" s="1" t="s">
-        <v>1697</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="12">
-        <v>4470</v>
-[...11 lines deleted...]
-        <v>1850</v>
+        <v>4500</v>
+      </c>
+      <c r="B60" s="35" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C60" s="105" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D60" s="105" t="s">
+        <v>426</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1534</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>1851</v>
-[...6 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="G60" s="23" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H60" s="1"/>
       <c r="I60" s="5" t="s">
-        <v>622</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A61" s="107">
-        <v>4470</v>
+      <c r="A61" s="83">
+        <v>4500</v>
       </c>
       <c r="B61" s="22" t="s">
-        <v>1519</v>
-[...18 lines deleted...]
-        <v>1522</v>
+        <v>1551</v>
+      </c>
+      <c r="C61" s="101" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D61" s="101" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E61" s="24" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F61" s="32" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G61" s="109" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H61" s="24"/>
+      <c r="I61" s="24" t="s">
+        <v>1557</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A62" s="12">
-[...20 lines deleted...]
-      <c r="H62" s="1"/>
+      <c r="A62" s="3">
+        <v>4530</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="E62" s="13" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F62" s="13" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H62" s="21" t="s">
+        <v>233</v>
+      </c>
       <c r="I62" s="5" t="s">
-        <v>1561</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="63" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A63" s="83">
-[...22 lines deleted...]
-        <v>1581</v>
+      <c r="A63" s="12">
+        <v>4530</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="C63" t="s">
+        <v>469</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="G63" s="131" t="s">
+        <v>472</v>
+      </c>
+      <c r="H63" s="40" t="s">
+        <v>473</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>474</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="3">
-        <v>4530</v>
+        <v>4540</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>229</v>
+        <v>376</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>230</v>
+        <v>377</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>231</v>
-[...14 lines deleted...]
-        <v>1826</v>
+        <v>14</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>380</v>
+      </c>
+      <c r="H64" s="26" t="s">
+        <v>381</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A65" s="12">
-[...21 lines deleted...]
-        <v>473</v>
+      <c r="A65" s="3">
+        <v>4540</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>916</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="G65" s="41" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H65" s="25" t="s">
+        <v>919</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>474</v>
+        <v>920</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" s="3">
-        <v>4540</v>
+        <v>4600</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>376</v>
+        <v>504</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>377</v>
+        <v>505</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>14</v>
+        <v>506</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>378</v>
+        <v>507</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>379</v>
-[...8 lines deleted...]
-        <v>382</v>
+        <v>508</v>
+      </c>
+      <c r="G66" s="52" t="s">
+        <v>509</v>
+      </c>
+      <c r="H66" s="21" t="s">
+        <v>510</v>
+      </c>
+      <c r="I66" s="9" t="s">
+        <v>511</v>
       </c>
     </row>
     <row r="67" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A67" s="3">
-        <v>4540</v>
+        <v>4600</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>924</v>
+        <v>642</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-        <v>926</v>
+        <v>643</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>644</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>927</v>
+        <v>645</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>928</v>
-[...5 lines deleted...]
-        <v>929</v>
+        <v>646</v>
+      </c>
+      <c r="G67" s="8" t="s">
+        <v>647</v>
+      </c>
+      <c r="H67" s="26" t="s">
+        <v>648</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>930</v>
+        <v>649</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A68" s="3">
-[...24 lines deleted...]
-        <v>511</v>
+      <c r="A68" s="12">
+        <v>4601</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C68" s="35" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="E68" s="38" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G68" s="21" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H68" s="25" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>1064</v>
       </c>
     </row>
     <row r="69" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A69" s="3">
-        <v>4600</v>
+        <v>4606</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>643</v>
+        <v>978</v>
+      </c>
+      <c r="C69" s="22" t="s">
+        <v>979</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>645</v>
+        <v>98</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>980</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>646</v>
-[...6 lines deleted...]
-      </c>
+        <v>981</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>982</v>
+      </c>
+      <c r="H69" s="1"/>
       <c r="I69" s="1" t="s">
-        <v>649</v>
+        <v>983</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A70" s="12">
-[...24 lines deleted...]
-        <v>1077</v>
+      <c r="A70" s="3">
+        <v>4632</v>
+      </c>
+      <c r="B70" s="22" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="E70" s="96" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G70" s="121" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H70" s="1"/>
+      <c r="I70" s="1" t="s">
+        <v>1335</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A71" s="3">
-        <v>4606</v>
+        <v>4671</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-        <v>992</v>
+        <v>325</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>326</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>98</v>
-[...10 lines deleted...]
-      <c r="H71" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="E71" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="F71" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="G71" s="50" t="s">
+        <v>329</v>
+      </c>
+      <c r="H71" s="22"/>
       <c r="I71" s="1" t="s">
-        <v>996</v>
+        <v>330</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" s="3">
-        <v>4632</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>4671</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>500</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>1346</v>
-[...5 lines deleted...]
-        <v>1347</v>
+        <v>501</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>359</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>1348</v>
-[...4 lines deleted...]
-      <c r="H72" s="1"/>
+        <v>360</v>
+      </c>
+      <c r="G72" s="52" t="s">
+        <v>502</v>
+      </c>
+      <c r="H72" s="22"/>
       <c r="I72" s="1" t="s">
-        <v>1350</v>
+        <v>503</v>
       </c>
     </row>
     <row r="73" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A73" s="3">
+      <c r="A73" s="12">
         <v>4671</v>
       </c>
-      <c r="B73" s="1" t="s">
-[...17 lines deleted...]
-      <c r="H73" s="22"/>
+      <c r="B73" s="35" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D73" t="s">
+        <v>244</v>
+      </c>
+      <c r="E73" s="100" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="G73" s="42" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H73" s="5"/>
       <c r="I73" s="1" t="s">
-        <v>330</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="74" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" s="3">
-        <v>4671</v>
+        <v>4700</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>500</v>
+        <v>361</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>501</v>
+        <v>362</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>385</v>
+        <v>148</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="G74" s="52" t="s">
-        <v>502</v>
-[...1 lines deleted...]
-      <c r="H74" s="22"/>
+        <v>365</v>
+      </c>
+      <c r="H74" s="26" t="s">
+        <v>366</v>
+      </c>
       <c r="I74" s="1" t="s">
-        <v>503</v>
+        <v>367</v>
       </c>
     </row>
     <row r="75" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A75" s="12">
-[...22 lines deleted...]
-        <v>1389</v>
+      <c r="A75" s="3">
+        <v>4750</v>
+      </c>
+      <c r="B75" s="22" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C75" s="114" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D75" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="G75" s="37" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H75" s="80" t="s">
+        <v>1736</v>
+      </c>
+      <c r="I75" s="9" t="s">
+        <v>1737</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A76" s="3">
-[...24 lines deleted...]
-        <v>367</v>
+      <c r="A76" s="12">
+        <v>4780</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="G76" s="51" t="s">
+        <v>357</v>
+      </c>
+      <c r="H76" s="22"/>
+      <c r="I76" s="5" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="3">
-        <v>4750</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>4780</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C77" s="22" t="s">
+        <v>676</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>677</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>1770</v>
+        <v>678</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>1771</v>
-[...8 lines deleted...]
-        <v>1774</v>
+        <v>679</v>
+      </c>
+      <c r="G77" s="21" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H77" s="22"/>
+      <c r="I77" s="1" t="s">
+        <v>680</v>
       </c>
     </row>
     <row r="78" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A78" s="12">
-[...18 lines deleted...]
-        <v>357</v>
+      <c r="A78" s="3">
+        <v>4800</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F78" s="22" t="s">
+        <v>497</v>
+      </c>
+      <c r="G78" s="34" t="s">
+        <v>498</v>
       </c>
       <c r="H78" s="22"/>
-      <c r="I78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I78" s="1"/>
     </row>
     <row r="79" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A79" s="3">
-[...22 lines deleted...]
-        <v>680</v>
+      <c r="A79" s="12">
+        <v>4800</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="C79" s="35" t="s">
+        <v>538</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="F79" s="35" t="s">
+        <v>541</v>
+      </c>
+      <c r="G79" s="25" t="s">
+        <v>542</v>
+      </c>
+      <c r="H79" s="35"/>
+      <c r="I79" s="5" t="s">
+        <v>543</v>
       </c>
     </row>
     <row r="80" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A80" s="3">
-        <v>4800</v>
+      <c r="A80" s="87">
+        <v>4801</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>494</v>
-[...8 lines deleted...]
-        <v>1442</v>
+        <v>1080</v>
+      </c>
+      <c r="C80" s="88" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D80" s="77" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E80" s="13" t="s">
+        <v>1083</v>
       </c>
       <c r="F80" s="22" t="s">
-        <v>497</v>
-[...5 lines deleted...]
-      <c r="I80" s="1"/>
+        <v>1084</v>
+      </c>
+      <c r="G80" s="97" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H80" s="1"/>
+      <c r="I80" s="1" t="s">
+        <v>1086</v>
+      </c>
     </row>
     <row r="81" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A81" s="12">
-[...22 lines deleted...]
-        <v>543</v>
+      <c r="A81" s="43">
+        <v>4820</v>
+      </c>
+      <c r="B81" s="22" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D81" s="22" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F81" s="4" t="s">
+        <v>1385</v>
+      </c>
+      <c r="G81" s="21" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H81" s="30" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>1388</v>
       </c>
     </row>
     <row r="82" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A82" s="87">
-[...20 lines deleted...]
-      <c r="H82" s="1"/>
+      <c r="A82" s="61">
+        <v>4845</v>
+      </c>
+      <c r="B82" s="24" t="s">
+        <v>710</v>
+      </c>
+      <c r="C82" s="62" t="s">
+        <v>711</v>
+      </c>
+      <c r="D82" s="63" t="s">
+        <v>411</v>
+      </c>
+      <c r="E82" s="64" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F82" s="94" t="s">
+        <v>712</v>
+      </c>
+      <c r="G82" s="98" t="s">
+        <v>713</v>
+      </c>
+      <c r="H82" s="27" t="s">
+        <v>714</v>
+      </c>
       <c r="I82" s="1" t="s">
-        <v>1099</v>
+        <v>715</v>
       </c>
     </row>
     <row r="83" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A83" s="43">
-        <v>4820</v>
+      <c r="A83" s="87">
+        <v>4845</v>
       </c>
       <c r="B83" s="22" t="s">
-        <v>1403</v>
-[...5 lines deleted...]
-        <v>1405</v>
+        <v>1202</v>
+      </c>
+      <c r="C83" s="77" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D83" s="77" t="s">
+        <v>128</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>1406</v>
-[...8 lines deleted...]
-        <v>1409</v>
+        <v>1204</v>
+      </c>
+      <c r="F83" s="22" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G83" s="7" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H83" s="21" t="s">
+        <v>1207</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>1410</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="84" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A84" s="61">
-[...24 lines deleted...]
-        <v>715</v>
+      <c r="A84" s="29">
+        <v>4850</v>
+      </c>
+      <c r="B84" s="22" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C84" s="24" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D84" s="101" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E84" s="32" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F84" s="24" t="s">
+        <v>1458</v>
+      </c>
+      <c r="G84" s="42" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H84" s="24"/>
+      <c r="I84" s="5" t="s">
+        <v>1460</v>
       </c>
     </row>
     <row r="85" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A85" s="87">
-[...12 lines deleted...]
-        <v>1217</v>
+      <c r="A85" s="43">
+        <v>4851</v>
+      </c>
+      <c r="B85" s="9" t="s">
+        <v>886</v>
+      </c>
+      <c r="C85" s="4" t="s">
+        <v>887</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="E85" s="13" t="s">
+        <v>888</v>
       </c>
       <c r="F85" s="22" t="s">
-        <v>1218</v>
+        <v>889</v>
       </c>
       <c r="G85" s="7" t="s">
-        <v>1219</v>
-[...6 lines deleted...]
-      </c>
+        <v>890</v>
+      </c>
+      <c r="H85" s="1"/>
+      <c r="I85" s="68"/>
     </row>
     <row r="86" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A86" s="29">
-[...2 lines deleted...]
-      <c r="B86" s="22" t="s">
+      <c r="A86" s="12">
+        <v>4870</v>
+      </c>
+      <c r="B86" s="35" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E86" s="100" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>1372</v>
+      </c>
+      <c r="G86" s="99" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H86" s="5"/>
+      <c r="I86" s="100" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="3">
+        <v>4870</v>
+      </c>
+      <c r="B87" s="22" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D87" s="58" t="s">
+        <v>523</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="G87" s="30" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H87" s="21" t="s">
+        <v>1473</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="3">
+        <v>4880</v>
+      </c>
+      <c r="B88" s="22" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C88" s="106" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D88" s="58" t="s">
+        <v>1477</v>
+      </c>
+      <c r="E88" s="4" t="s">
         <v>1478</v>
       </c>
-      <c r="C86" s="24" t="s">
+      <c r="F88" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="D86" s="101" t="s">
+      <c r="G88" s="30" t="s">
         <v>1480</v>
       </c>
-      <c r="E86" s="32" t="s">
+      <c r="H88" s="1"/>
+      <c r="I88" s="1" t="s">
         <v>1481</v>
-      </c>
-[...60 lines deleted...]
-        <v>1396</v>
       </c>
     </row>
     <row r="89" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A89" s="3">
-        <v>4870</v>
-[...21 lines deleted...]
-      </c>
+        <v>4890</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>579</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="F89" s="22" t="s">
+        <v>581</v>
+      </c>
+      <c r="G89" s="7" t="s">
+        <v>582</v>
+      </c>
+      <c r="H89" s="22"/>
       <c r="I89" s="1" t="s">
-        <v>1498</v>
+        <v>583</v>
       </c>
     </row>
     <row r="90" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A90" s="3">
-        <v>4880</v>
-[...8 lines deleted...]
-        <v>1501</v>
+        <v>4900</v>
+      </c>
+      <c r="B90" s="9" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C90" s="22" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>1049</v>
       </c>
       <c r="E90" s="4" t="s">
-        <v>1502</v>
+        <v>1774</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>1503</v>
-[...4 lines deleted...]
-      <c r="H90" s="1"/>
+        <v>1775</v>
+      </c>
+      <c r="G90" s="49" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H90" s="49" t="s">
+        <v>1050</v>
+      </c>
       <c r="I90" s="1" t="s">
-        <v>1505</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A91" s="3">
-[...20 lines deleted...]
-      <c r="H91" s="22"/>
+      <c r="A91" s="76">
+        <v>4910</v>
+      </c>
+      <c r="B91" s="9" t="s">
+        <v>721</v>
+      </c>
+      <c r="C91" s="72" t="s">
+        <v>722</v>
+      </c>
+      <c r="D91" s="73" t="s">
+        <v>426</v>
+      </c>
+      <c r="E91" s="74" t="s">
+        <v>879</v>
+      </c>
+      <c r="F91" s="77" t="s">
+        <v>880</v>
+      </c>
+      <c r="G91" s="65" t="s">
+        <v>723</v>
+      </c>
+      <c r="H91" s="21" t="s">
+        <v>881</v>
+      </c>
       <c r="I91" s="1" t="s">
-        <v>583</v>
+        <v>724</v>
       </c>
     </row>
     <row r="92" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A92" s="3">
-[...24 lines deleted...]
-        <v>1064</v>
+      <c r="A92" s="85">
+        <v>4920</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C92" s="86" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D92" s="75" t="s">
+        <v>523</v>
+      </c>
+      <c r="E92" s="38" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="G92" s="41" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H92" s="25" t="s">
+        <v>1070</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>1071</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A93" s="76">
-[...6 lines deleted...]
-        <v>724</v>
+      <c r="A93" s="3">
+        <v>4950</v>
+      </c>
+      <c r="B93" s="22" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C93" s="73" t="s">
+        <v>1659</v>
       </c>
       <c r="D93" s="73" t="s">
-        <v>426</v>
-[...12 lines deleted...]
-      </c>
+        <v>1660</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="G93" s="69" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H93" s="1"/>
       <c r="I93" s="1" t="s">
-        <v>726</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="94" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A94" s="85">
-[...24 lines deleted...]
-        <v>1084</v>
+      <c r="A94" s="110">
+        <v>4950</v>
+      </c>
+      <c r="B94" s="22" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C94" s="114" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D94" s="58" t="s">
+        <v>197</v>
+      </c>
+      <c r="E94" s="9" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="G94" s="30" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H94" s="9"/>
+      <c r="I94" s="9" t="s">
+        <v>1675</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A95" s="3">
-        <v>4950</v>
-[...8 lines deleted...]
-        <v>1691</v>
+        <v>4960</v>
+      </c>
+      <c r="B95" s="9" t="s">
+        <v>702</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>704</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>1692</v>
+        <v>705</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>1693</v>
-[...4 lines deleted...]
-      <c r="H95" s="1"/>
+        <v>706</v>
+      </c>
+      <c r="G95" s="37" t="s">
+        <v>707</v>
+      </c>
+      <c r="H95" s="7" t="s">
+        <v>708</v>
+      </c>
       <c r="I95" s="1" t="s">
-        <v>1695</v>
+        <v>709</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A96" s="110">
-[...22 lines deleted...]
-        <v>1706</v>
+      <c r="A96" s="12">
+        <v>5000</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D96" t="s">
+        <v>135</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="F96" s="55" t="s">
+        <v>137</v>
+      </c>
+      <c r="G96" s="53" t="s">
+        <v>138</v>
+      </c>
+      <c r="H96" s="22"/>
+      <c r="I96" s="5" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A97" s="43">
-        <v>4950</v>
+      <c r="A97" s="3">
+        <v>5000</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>1739</v>
-[...8 lines deleted...]
-        <v>1741</v>
+        <v>475</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>478</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>1742</v>
-[...4 lines deleted...]
-      <c r="H97" s="1"/>
+        <v>479</v>
+      </c>
+      <c r="G97" s="52" t="s">
+        <v>480</v>
+      </c>
+      <c r="H97" s="44" t="s">
+        <v>481</v>
+      </c>
       <c r="I97" s="1" t="s">
-        <v>1744</v>
+        <v>482</v>
       </c>
     </row>
     <row r="98" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A98" s="3">
-[...24 lines deleted...]
-        <v>709</v>
+      <c r="A98" s="12">
+        <v>5020</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C98" t="s">
+        <v>282</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="G98" s="51" t="s">
+        <v>286</v>
+      </c>
+      <c r="H98" s="44"/>
+      <c r="I98" s="9" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="99" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A99" s="12">
-[...18 lines deleted...]
-        <v>138</v>
+      <c r="A99" s="3">
+        <v>5020</v>
+      </c>
+      <c r="B99" s="9" t="s">
+        <v>572</v>
+      </c>
+      <c r="C99" s="22" t="s">
+        <v>573</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" s="22" t="s">
+        <v>574</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="G99" s="7" t="s">
+        <v>576</v>
       </c>
       <c r="H99" s="22"/>
-      <c r="I99" s="5" t="s">
-        <v>139</v>
+      <c r="I99" s="1" t="s">
+        <v>577</v>
       </c>
     </row>
     <row r="100" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="3">
-        <v>5000</v>
+        <v>5030</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>475</v>
-[...18 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" t="s">
+        <v>3</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F100" s="124" t="s">
+        <v>1764</v>
+      </c>
+      <c r="G100" s="78" t="s">
+        <v>39</v>
+      </c>
+      <c r="H100" s="5"/>
       <c r="I100" s="1" t="s">
-        <v>482</v>
+        <v>44</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A101" s="12">
-        <v>5020</v>
-[...22 lines deleted...]
-      </c>
+        <v>5030</v>
+      </c>
+      <c r="B101" s="24" t="s">
+        <v>77</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F101" s="24" t="s">
+        <v>60</v>
+      </c>
+      <c r="G101" s="78" t="s">
+        <v>61</v>
+      </c>
+      <c r="H101" s="120" t="s">
+        <v>319</v>
+      </c>
+      <c r="I101" s="1"/>
     </row>
     <row r="102" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A102" s="3">
-[...8 lines deleted...]
-      <c r="D102" s="1" t="s">
+      <c r="A102" s="43">
+        <v>5031</v>
+      </c>
+      <c r="B102" s="22" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C102" s="58" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D102" s="58" t="s">
+        <v>506</v>
+      </c>
+      <c r="E102" s="22" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="G102" s="52" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H102" s="7" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="82">
+        <v>5032</v>
+      </c>
+      <c r="B103" s="47" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C103" s="60" t="s">
+        <v>672</v>
+      </c>
+      <c r="D103" s="60" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G103" s="41" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H103" s="1"/>
+      <c r="I103" s="1" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="43">
+        <v>5032</v>
+      </c>
+      <c r="B104" s="22" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C104" s="58" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D104" s="58" t="s">
         <v>20</v>
       </c>
-      <c r="E102" s="22" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="E104" s="1" t="s">
-        <v>93</v>
-[...10 lines deleted...]
-      <c r="I104" s="1"/>
+        <v>1560</v>
+      </c>
+      <c r="F104" s="4" t="s">
+        <v>1561</v>
+      </c>
+      <c r="G104" s="125" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H104" s="7" t="s">
+        <v>1563</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>1564</v>
+      </c>
     </row>
     <row r="105" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A105" s="43">
-[...24 lines deleted...]
-        <v>1428</v>
+      <c r="A105" s="15">
+        <v>5060</v>
+      </c>
+      <c r="B105" s="9" t="s">
+        <v>588</v>
+      </c>
+      <c r="C105" s="47" t="s">
+        <v>589</v>
+      </c>
+      <c r="D105" s="9" t="s">
+        <v>590</v>
+      </c>
+      <c r="E105" s="9" t="s">
+        <v>591</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="G105" s="41" t="s">
+        <v>593</v>
+      </c>
+      <c r="H105" s="44" t="s">
+        <v>594</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>595</v>
       </c>
     </row>
     <row r="106" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A106" s="82">
-        <v>5032</v>
+      <c r="A106" s="29">
+        <v>5070</v>
       </c>
       <c r="B106" s="47" t="s">
-        <v>1179</v>
-[...18 lines deleted...]
-        <v>1183</v>
+        <v>1171</v>
+      </c>
+      <c r="C106" s="63" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D106" s="63" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E106" s="32" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F106" s="24" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G106" s="69" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H106" s="78" t="s">
+        <v>1177</v>
+      </c>
+      <c r="I106" s="24" t="s">
+        <v>1178</v>
       </c>
     </row>
     <row r="107" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A107" s="43">
-[...9 lines deleted...]
-        <v>20</v>
+      <c r="A107" s="87">
+        <v>5081</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C107" s="88" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D107" s="77" t="s">
+        <v>1281</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>1584</v>
-[...9 lines deleted...]
-      </c>
+        <v>1282</v>
+      </c>
+      <c r="F107" s="22" t="s">
+        <v>1283</v>
+      </c>
+      <c r="G107" s="7" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H107" s="1"/>
       <c r="I107" s="1" t="s">
-        <v>1588</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="108" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A108" s="15">
-[...22 lines deleted...]
-      </c>
+      <c r="A108" s="3">
+        <v>5100</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="F108" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="G108" s="52" t="s">
+        <v>145</v>
+      </c>
+      <c r="H108" s="1"/>
       <c r="I108" s="1" t="s">
-        <v>595</v>
+        <v>913</v>
       </c>
     </row>
     <row r="109" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A109" s="29">
-[...17 lines deleted...]
-      <c r="G109" s="69" t="s">
+      <c r="A109" s="3">
+        <v>5100</v>
+      </c>
+      <c r="B109" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="H109" s="78" t="s">
+      <c r="C109" s="22" t="s">
         <v>1190</v>
       </c>
-      <c r="I109" s="24" t="s">
+      <c r="D109" s="1" t="s">
         <v>1191</v>
       </c>
+      <c r="E109" s="13" t="s">
+        <v>610</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="G109" s="30" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H109" s="21" t="s">
+        <v>612</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>1193</v>
+      </c>
     </row>
     <row r="110" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A110" s="87">
-[...9 lines deleted...]
-        <v>1296</v>
+      <c r="A110" s="3">
+        <v>5101</v>
+      </c>
+      <c r="B110" s="22" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C110" s="117" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D110" s="117" t="s">
+        <v>237</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>1297</v>
-[...5 lines deleted...]
-        <v>1299</v>
+        <v>1567</v>
+      </c>
+      <c r="F110" s="13" t="s">
+        <v>1568</v>
+      </c>
+      <c r="G110" s="111" t="s">
+        <v>1569</v>
       </c>
       <c r="H110" s="1"/>
       <c r="I110" s="1" t="s">
-        <v>1300</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="111" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A111" s="3">
-[...18 lines deleted...]
-        <v>145</v>
+      <c r="A111" s="43">
+        <v>5170</v>
+      </c>
+      <c r="B111" s="47" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C111" s="77" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D111" s="77" t="s">
+        <v>523</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G111" s="30" t="s">
+        <v>1135</v>
       </c>
       <c r="H111" s="1"/>
       <c r="I111" s="1" t="s">
-        <v>923</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="112" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A112" s="3">
-        <v>5100</v>
-[...11 lines deleted...]
-        <v>610</v>
+        <v>5190</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>392</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>611</v>
-[...5 lines deleted...]
-        <v>612</v>
+        <v>393</v>
+      </c>
+      <c r="G112" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="H112" s="44" t="s">
+        <v>395</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>1206</v>
+        <v>396</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A113" s="3">
-        <v>5101</v>
+        <v>5190</v>
       </c>
       <c r="B113" s="22" t="s">
-        <v>1589</v>
-[...5 lines deleted...]
-        <v>237</v>
+        <v>1667</v>
+      </c>
+      <c r="C113" s="68" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>1167</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>1591</v>
+        <v>1669</v>
       </c>
       <c r="F113" s="13" t="s">
-        <v>1592</v>
-[...6 lines deleted...]
-        <v>1594</v>
+        <v>1670</v>
+      </c>
+      <c r="G113" s="8" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H113" s="35"/>
+      <c r="I113" s="5" t="s">
+        <v>1672</v>
       </c>
     </row>
     <row r="114" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A114" s="43">
-[...9 lines deleted...]
-        <v>523</v>
+      <c r="A114" s="3">
+        <v>5300</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C114" s="22" t="s">
+        <v>276</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>142</v>
       </c>
       <c r="E114" s="4" t="s">
-        <v>1146</v>
+        <v>277</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>1147</v>
-[...4 lines deleted...]
-      <c r="H114" s="1"/>
+        <v>278</v>
+      </c>
+      <c r="G114" s="37" t="s">
+        <v>279</v>
+      </c>
+      <c r="H114" s="7" t="s">
+        <v>1767</v>
+      </c>
       <c r="I114" s="1" t="s">
-        <v>1149</v>
+        <v>280</v>
       </c>
     </row>
     <row r="115" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A115" s="3">
-[...6 lines deleted...]
-        <v>391</v>
+      <c r="A115" s="12">
+        <v>5300</v>
+      </c>
+      <c r="B115" s="9" t="s">
+        <v>552</v>
+      </c>
+      <c r="C115" s="35" t="s">
+        <v>553</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>17</v>
-[...14 lines deleted...]
-        <v>396</v>
+        <v>554</v>
+      </c>
+      <c r="E115" s="35" t="s">
+        <v>555</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="G115" s="69" t="s">
+        <v>557</v>
+      </c>
+      <c r="H115" s="35"/>
+      <c r="I115" s="5" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="116" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A116" s="3">
-        <v>5190</v>
-[...5 lines deleted...]
-        <v>1699</v>
+        <v>5310</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C116" s="22" t="s">
+        <v>12</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>1180</v>
+        <v>347</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>1700</v>
-[...9 lines deleted...]
-        <v>1703</v>
+        <v>1776</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="G116" s="79" t="s">
+        <v>341</v>
+      </c>
+      <c r="H116" s="22"/>
+      <c r="I116" s="1" t="s">
+        <v>342</v>
       </c>
     </row>
     <row r="117" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A117" s="3">
-[...12 lines deleted...]
-        <v>277</v>
+      <c r="A117" s="15">
+        <v>5310</v>
+      </c>
+      <c r="B117" s="9" t="s">
+        <v>483</v>
+      </c>
+      <c r="C117" s="10" t="s">
+        <v>484</v>
+      </c>
+      <c r="D117" s="9" t="s">
+        <v>485</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>486</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>278</v>
-[...6 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="G117" s="130" t="s">
+        <v>488</v>
+      </c>
+      <c r="H117" s="1"/>
       <c r="I117" s="1" t="s">
-        <v>280</v>
+        <v>489</v>
       </c>
     </row>
     <row r="118" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A118" s="12">
-        <v>5300</v>
+      <c r="A118" s="3">
+        <v>5332</v>
       </c>
       <c r="B118" s="9" t="s">
-        <v>552</v>
-[...11 lines deleted...]
-        <v>556</v>
+        <v>559</v>
+      </c>
+      <c r="C118" s="22" t="s">
+        <v>560</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E118" s="22" t="s">
+        <v>561</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>562</v>
       </c>
       <c r="G118" s="69" t="s">
-        <v>557</v>
-[...3 lines deleted...]
-        <v>558</v>
+        <v>563</v>
+      </c>
+      <c r="H118" s="44" t="s">
+        <v>550</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>564</v>
       </c>
     </row>
     <row r="119" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A119" s="3">
-        <v>5310</v>
-[...8 lines deleted...]
-        <v>347</v>
+        <v>5340</v>
+      </c>
+      <c r="B119" s="22" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C119" s="77" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D119" s="77" t="s">
+        <v>1687</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>1813</v>
+        <v>1688</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>340</v>
-[...4 lines deleted...]
-      <c r="H119" s="22"/>
+        <v>1689</v>
+      </c>
+      <c r="G119" s="78" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H119" s="80" t="s">
+        <v>1691</v>
+      </c>
       <c r="I119" s="1" t="s">
-        <v>342</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="120" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A120" s="15">
-[...22 lines deleted...]
-        <v>489</v>
+      <c r="A120" s="29">
+        <v>5360</v>
+      </c>
+      <c r="B120" s="24" t="s">
+        <v>455</v>
+      </c>
+      <c r="C120" s="32" t="s">
+        <v>456</v>
+      </c>
+      <c r="D120" s="24" t="s">
+        <v>457</v>
+      </c>
+      <c r="E120" s="31" t="s">
+        <v>458</v>
+      </c>
+      <c r="F120" s="31" t="s">
+        <v>459</v>
+      </c>
+      <c r="G120" s="69" t="s">
+        <v>460</v>
+      </c>
+      <c r="H120" s="120" t="s">
+        <v>490</v>
+      </c>
+      <c r="I120" s="24" t="s">
+        <v>461</v>
       </c>
     </row>
     <row r="121" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A121" s="3">
-        <v>5332</v>
-[...5 lines deleted...]
-        <v>560</v>
+        <v>5360</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C121" s="4" t="s">
+        <v>529</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>562</v>
+        <v>370</v>
+      </c>
+      <c r="E121" s="13" t="s">
+        <v>458</v>
+      </c>
+      <c r="F121" s="13" t="s">
+        <v>459</v>
       </c>
       <c r="G121" s="69" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>460</v>
+      </c>
+      <c r="H121" s="78" t="s">
+        <v>490</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>564</v>
+        <v>461</v>
       </c>
     </row>
     <row r="122" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A122" s="3">
-        <v>5340</v>
-[...8 lines deleted...]
-        <v>1718</v>
+        <v>5370</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>217</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>1719</v>
-[...9 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="F122" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="G122" s="7" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H122" s="44"/>
       <c r="I122" s="1" t="s">
-        <v>1723</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A123" s="29">
-        <v>5360</v>
-[...20 lines deleted...]
-        <v>490</v>
+        <v>5377</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C123" s="126" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D123" s="101" t="s">
+        <v>598</v>
+      </c>
+      <c r="E123" s="32" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F123" s="24" t="s">
+        <v>1647</v>
+      </c>
+      <c r="G123" s="78" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H123" s="78" t="s">
+        <v>1649</v>
       </c>
       <c r="I123" s="24" t="s">
-        <v>461</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A124" s="3">
-        <v>5360</v>
+      <c r="A124" s="83">
+        <v>5377</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>528</v>
-[...17 lines deleted...]
-        <v>490</v>
+        <v>1830</v>
+      </c>
+      <c r="C124" s="77" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D124" s="77" t="s">
+        <v>1832</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="F124" s="4" t="s">
+        <v>1834</v>
+      </c>
+      <c r="G124" s="134" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H124" s="21" t="s">
+        <v>1836</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>461</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="125" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A125" s="3">
-        <v>5370</v>
+      <c r="A125" s="87">
+        <v>5380</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-        <v>217</v>
+        <v>1097</v>
+      </c>
+      <c r="C125" s="72" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D125" s="73" t="s">
+        <v>1099</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>218</v>
-[...7 lines deleted...]
-      <c r="H125" s="44"/>
+        <v>1100</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G125" s="37" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H125" s="1"/>
       <c r="I125" s="1" t="s">
-        <v>220</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="126" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A126" s="29">
-        <v>5377</v>
+      <c r="A126" s="87">
+        <v>5380</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>1668</v>
-[...4 lines deleted...]
-      <c r="D126" s="101" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C126" s="72" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D126" s="73" t="s">
+        <v>298</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G126" s="37" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H126" s="1"/>
+      <c r="I126" s="1" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="43">
+        <v>5380</v>
+      </c>
+      <c r="B127" s="22" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D127" s="58" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E127" s="22" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="G127" s="37" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H127" s="1"/>
+      <c r="I127" s="1" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="3">
+        <v>5500</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F128" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="G128" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H128" s="22"/>
+      <c r="I128" s="1" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="82">
+        <v>5530</v>
+      </c>
+      <c r="B129" s="9" t="s">
+        <v>565</v>
+      </c>
+      <c r="C129" s="35" t="s">
+        <v>566</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E129" s="35" t="s">
+        <v>568</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="G129" s="69" t="s">
+        <v>570</v>
+      </c>
+      <c r="H129" s="35"/>
+      <c r="I129" s="1" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="3">
+        <v>5537</v>
+      </c>
+      <c r="B130" s="9" t="s">
+        <v>596</v>
+      </c>
+      <c r="C130" s="22" t="s">
+        <v>597</v>
+      </c>
+      <c r="D130" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="E126" s="32" t="s">
-[...110 lines deleted...]
-      </c>
       <c r="E130" s="22" t="s">
-        <v>1432</v>
+        <v>599</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>1433</v>
-[...2 lines deleted...]
-        <v>1434</v>
+        <v>600</v>
+      </c>
+      <c r="G130" s="52" t="s">
+        <v>601</v>
       </c>
       <c r="H130" s="1"/>
       <c r="I130" s="1" t="s">
-        <v>1435</v>
+        <v>602</v>
       </c>
     </row>
     <row r="131" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A131" s="3">
-        <v>5500</v>
-[...7 lines deleted...]
-      <c r="D131" s="4" t="s">
+        <v>5541</v>
+      </c>
+      <c r="B131" s="22" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C131" s="73" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D131" s="77" t="s">
         <v>11</v>
       </c>
-      <c r="E131" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H131" s="22"/>
+      <c r="E131" s="4" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="G131" s="30" t="s">
+        <v>1818</v>
+      </c>
+      <c r="H131" s="21"/>
       <c r="I131" s="1" t="s">
-        <v>59</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="132" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A132" s="82">
-        <v>5530</v>
+      <c r="A132" s="12">
+        <v>5550</v>
       </c>
       <c r="B132" s="9" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>932</v>
+      </c>
+      <c r="C132" t="s">
+        <v>933</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>934</v>
+      </c>
+      <c r="E132" t="s">
+        <v>935</v>
       </c>
       <c r="F132" s="5" t="s">
-        <v>569</v>
-[...6 lines deleted...]
-        <v>571</v>
+        <v>936</v>
+      </c>
+      <c r="G132" s="41" t="s">
+        <v>945</v>
+      </c>
+      <c r="H132" s="5"/>
+      <c r="I132" s="5" t="s">
+        <v>937</v>
       </c>
     </row>
     <row r="133" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A133" s="3">
-        <v>5537</v>
-[...11 lines deleted...]
-        <v>599</v>
+        <v>5550</v>
+      </c>
+      <c r="B133" s="47" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C133" s="77" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D133" s="77" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>1112</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>1113</v>
+      </c>
+      <c r="G133" s="37" t="s">
+        <v>1114</v>
       </c>
       <c r="H133" s="1"/>
       <c r="I133" s="1" t="s">
-        <v>602</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="134" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A134" s="3">
-[...12 lines deleted...]
-        <v>1853</v>
+      <c r="A134" s="43">
+        <v>5570</v>
+      </c>
+      <c r="B134" s="9" t="s">
+        <v>584</v>
+      </c>
+      <c r="C134" s="22" t="s">
+        <v>585</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="E134" s="22" t="s">
+        <v>1856</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>1854</v>
-[...4 lines deleted...]
-      <c r="H134" s="21"/>
+        <v>1857</v>
+      </c>
+      <c r="G134" s="127" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H134" s="26" t="s">
+        <v>1859</v>
+      </c>
       <c r="I134" s="1" t="s">
-        <v>1856</v>
+        <v>587</v>
       </c>
     </row>
     <row r="135" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A135" s="12">
-        <v>5550</v>
+      <c r="A135" s="3">
+        <v>5575</v>
       </c>
       <c r="B135" s="9" t="s">
-        <v>942</v>
-[...18 lines deleted...]
-        <v>947</v>
+        <v>798</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>799</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>768</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="G135" s="52" t="s">
+        <v>800</v>
+      </c>
+      <c r="H135" s="7" t="s">
+        <v>771</v>
+      </c>
+      <c r="I135" s="1" t="s">
+        <v>801</v>
       </c>
     </row>
     <row r="136" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A136" s="3">
-[...2 lines deleted...]
-      <c r="B136" s="47" t="s">
+      <c r="A136" s="29">
+        <v>5590</v>
+      </c>
+      <c r="B136" s="9" t="s">
+        <v>545</v>
+      </c>
+      <c r="C136" s="39" t="s">
+        <v>546</v>
+      </c>
+      <c r="D136" s="24" t="s">
+        <v>531</v>
+      </c>
+      <c r="E136" s="39" t="s">
+        <v>547</v>
+      </c>
+      <c r="F136" s="24" t="s">
+        <v>548</v>
+      </c>
+      <c r="G136" s="69" t="s">
+        <v>549</v>
+      </c>
+      <c r="H136" s="120" t="s">
+        <v>550</v>
+      </c>
+      <c r="I136" s="24" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="3">
+        <v>5590</v>
+      </c>
+      <c r="B137" s="47" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C137" s="77" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D137" s="77" t="s">
+        <v>426</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="G137" s="69" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H137" s="21" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I137" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="C136" s="77" t="s">
-[...46 lines deleted...]
-      </c>
     </row>
     <row r="138" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A138" s="3">
-[...24 lines deleted...]
-        <v>808</v>
+      <c r="A138" s="110">
+        <v>5590</v>
+      </c>
+      <c r="B138" s="22" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C138" s="114" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D138" s="58" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E138" s="9" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F138" s="9" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G138" s="30" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H138" s="9"/>
+      <c r="I138" s="9" t="s">
+        <v>1582</v>
       </c>
     </row>
     <row r="139" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A139" s="29">
-[...8 lines deleted...]
-      <c r="D139" s="24" t="s">
+      <c r="A139" s="43">
+        <v>5600</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C139" s="22" t="s">
+        <v>912</v>
+      </c>
+      <c r="D139" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="E139" s="39" t="s">
-[...12 lines deleted...]
-        <v>551</v>
+      <c r="E139" s="4" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="G139" s="28" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H139" s="1"/>
+      <c r="I139" s="9" t="s">
+        <v>1032</v>
       </c>
     </row>
     <row r="140" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A140" s="3">
-[...24 lines deleted...]
-        <v>1135</v>
+      <c r="A140" s="12">
+        <v>5600</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D140" t="s">
+        <v>18</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F140" s="124" t="s">
+        <v>1869</v>
+      </c>
+      <c r="G140" s="21" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H140" s="22"/>
+      <c r="I140" s="9" t="s">
+        <v>1871</v>
       </c>
     </row>
     <row r="141" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A141" s="110">
-[...22 lines deleted...]
-        <v>1606</v>
+      <c r="A141" s="3">
+        <v>5640</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>861</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="E141" s="13" t="s">
+        <v>863</v>
+      </c>
+      <c r="F141" s="22" t="s">
+        <v>864</v>
+      </c>
+      <c r="G141" s="7" t="s">
+        <v>865</v>
+      </c>
+      <c r="H141" s="22"/>
+      <c r="I141" s="1" t="s">
+        <v>866</v>
       </c>
     </row>
     <row r="142" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A142" s="43">
-[...22 lines deleted...]
-        <v>1045</v>
+      <c r="A142" s="83">
+        <v>5650</v>
+      </c>
+      <c r="B142" s="39" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C142" s="63" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D142" s="63" t="s">
+        <v>523</v>
+      </c>
+      <c r="E142" s="32" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F142" s="24" t="s">
+        <v>1289</v>
+      </c>
+      <c r="G142" s="102" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H142" s="39"/>
+      <c r="I142" s="1" t="s">
+        <v>1291</v>
       </c>
     </row>
     <row r="143" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A143" s="142">
-[...22 lines deleted...]
-        <v>1908</v>
+      <c r="A143" s="3">
+        <v>5650</v>
+      </c>
+      <c r="B143" s="22" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="G143" s="121" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H143" s="1"/>
+      <c r="I143" s="5" t="s">
+        <v>1380</v>
       </c>
     </row>
     <row r="144" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A144" s="3">
-        <v>5640</v>
-[...19 lines deleted...]
-      <c r="H144" s="22"/>
+        <v>5650</v>
+      </c>
+      <c r="B144" s="22" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C144" s="77" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D144" s="77" t="s">
+        <v>677</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="G144" s="30" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H144" s="70" t="s">
+        <v>1616</v>
+      </c>
       <c r="I144" s="1" t="s">
-        <v>876</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="145" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A145" s="83">
-[...3 lines deleted...]
-        <v>1301</v>
+      <c r="A145" s="29">
+        <v>5651</v>
+      </c>
+      <c r="B145" s="35" t="s">
+        <v>1104</v>
       </c>
       <c r="C145" s="63" t="s">
-        <v>1302</v>
+        <v>1105</v>
       </c>
       <c r="D145" s="63" t="s">
-        <v>523</v>
+        <v>1106</v>
       </c>
       <c r="E145" s="32" t="s">
-        <v>1303</v>
+        <v>965</v>
       </c>
       <c r="F145" s="24" t="s">
-        <v>1304</v>
-[...6 lines deleted...]
-        <v>1306</v>
+        <v>966</v>
+      </c>
+      <c r="G145" s="69" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H145" s="27" t="s">
+        <v>968</v>
+      </c>
+      <c r="I145" s="24" t="s">
+        <v>1108</v>
       </c>
     </row>
     <row r="146" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A146" s="3">
-        <v>5650</v>
-[...11 lines deleted...]
-        <v>1399</v>
+        <v>6001</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C146" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>532</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>1400</v>
-[...6 lines deleted...]
-        <v>1402</v>
+        <v>533</v>
+      </c>
+      <c r="G146" s="52" t="s">
+        <v>534</v>
+      </c>
+      <c r="H146" s="26" t="s">
+        <v>535</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>536</v>
       </c>
     </row>
     <row r="147" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A147" s="3">
-[...22 lines deleted...]
-      </c>
+      <c r="A147" s="12">
+        <v>6001</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="G147" s="129" t="s">
+        <v>207</v>
+      </c>
+      <c r="H147" s="5"/>
       <c r="I147" s="1" t="s">
-        <v>1641</v>
+        <v>208</v>
       </c>
     </row>
     <row r="148" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A148" s="29">
-[...24 lines deleted...]
-        <v>1121</v>
+      <c r="A148" s="3">
+        <v>6030</v>
+      </c>
+      <c r="B148" s="22" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="G148" s="7" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H148" s="7" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>1298</v>
       </c>
     </row>
     <row r="149" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A149" s="3">
-[...12 lines deleted...]
-        <v>532</v>
+      <c r="A149" s="43">
+        <v>6040</v>
+      </c>
+      <c r="B149" s="22" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C149" s="115" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D149" s="58" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E149" s="22" t="s">
+        <v>1863</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>533</v>
-[...6 lines deleted...]
-      </c>
+        <v>1530</v>
+      </c>
+      <c r="G149" s="134" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H149" s="1"/>
       <c r="I149" s="1" t="s">
-        <v>536</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="150" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A150" s="12">
-        <v>6001</v>
-[...5 lines deleted...]
-        <v>203</v>
+        <v>6040</v>
+      </c>
+      <c r="B150" s="22" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C150" s="68" t="s">
+        <v>1694</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>204</v>
+        <v>237</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>205</v>
-[...7 lines deleted...]
-      <c r="H150" s="5"/>
+        <v>1688</v>
+      </c>
+      <c r="F150" s="38" t="s">
+        <v>1689</v>
+      </c>
+      <c r="G150" s="21" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H150" s="26" t="s">
+        <v>1696</v>
+      </c>
       <c r="I150" s="1" t="s">
-        <v>208</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="151" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A151" s="3">
-        <v>6030</v>
+        <v>6041</v>
       </c>
       <c r="B151" s="22" t="s">
-        <v>1307</v>
+        <v>1336</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>1308</v>
+        <v>1337</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>544</v>
+        <v>56</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>1309</v>
+        <v>1338</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>1310</v>
-[...8 lines deleted...]
-        <v>1313</v>
+        <v>1339</v>
+      </c>
+      <c r="G151" s="121" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H151" s="1"/>
+      <c r="I151" s="1" t="s">
+        <v>1341</v>
       </c>
     </row>
     <row r="152" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A152" s="43">
-        <v>6040</v>
-[...21 lines deleted...]
-        <v>1555</v>
+        <v>6044</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C152" s="4" t="s">
+        <v>745</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="F152" s="4" t="s">
+        <v>929</v>
+      </c>
+      <c r="G152" s="7" t="s">
+        <v>930</v>
+      </c>
+      <c r="H152" s="46" t="s">
+        <v>931</v>
+      </c>
+      <c r="I152" s="24" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="153" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A153" s="12">
-        <v>6040</v>
+      <c r="A153" s="3">
+        <v>6044</v>
       </c>
       <c r="B153" s="22" t="s">
-        <v>1724</v>
-[...17 lines deleted...]
-        <v>1727</v>
+        <v>1236</v>
+      </c>
+      <c r="C153" s="91" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F153" s="13" t="s">
+        <v>929</v>
+      </c>
+      <c r="G153" s="8" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H153" s="21" t="s">
+        <v>931</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>1728</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="154" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A154" s="3">
-        <v>6041</v>
+        <v>6061</v>
       </c>
       <c r="B154" s="22" t="s">
-        <v>1351</v>
+        <v>1431</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>1352</v>
-[...5 lines deleted...]
-        <v>1353</v>
+        <v>1432</v>
+      </c>
+      <c r="D154" s="58" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E154" s="4" t="s">
+        <v>1434</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>1354</v>
-[...4 lines deleted...]
-      <c r="H154" s="1"/>
+        <v>1435</v>
+      </c>
+      <c r="G154" s="52" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H154" s="21" t="s">
+        <v>1436</v>
+      </c>
       <c r="I154" s="1" t="s">
-        <v>1356</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="155" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A155" s="43">
-[...24 lines deleted...]
-        <v>756</v>
+      <c r="A155" s="3">
+        <v>6110</v>
+      </c>
+      <c r="B155" s="47" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C155" s="73" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D155" s="77" t="s">
+        <v>523</v>
+      </c>
+      <c r="E155" s="13" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G155" s="30" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H155" s="1"/>
+      <c r="I155" s="1" t="s">
+        <v>1214</v>
       </c>
     </row>
     <row r="156" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A156" s="3">
-        <v>6044</v>
+      <c r="A156" s="2">
+        <v>6110</v>
       </c>
       <c r="B156" s="22" t="s">
-        <v>1249</v>
-[...20 lines deleted...]
-        <v>1254</v>
+        <v>1708</v>
+      </c>
+      <c r="C156" s="105" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D156" s="105" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E156" s="24" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F156" s="24" t="s">
+        <v>1712</v>
+      </c>
+      <c r="G156" s="78" t="s">
+        <v>1713</v>
+      </c>
+      <c r="I156" s="24" t="s">
+        <v>1714</v>
       </c>
     </row>
     <row r="157" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A157" s="3">
-        <v>6061</v>
+        <v>6120</v>
       </c>
       <c r="B157" s="22" t="s">
-        <v>1455</v>
+        <v>1319</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>1456</v>
-[...5 lines deleted...]
-        <v>1458</v>
+        <v>1320</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>1321</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>1322</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>1459</v>
-[...6 lines deleted...]
-      </c>
+        <v>1323</v>
+      </c>
+      <c r="G157" s="116" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H157" s="5"/>
       <c r="I157" s="1" t="s">
-        <v>1461</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="158" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A158" s="3">
-[...20 lines deleted...]
-      <c r="H158" s="1"/>
+      <c r="A158" s="82">
+        <v>6120</v>
+      </c>
+      <c r="B158" s="35" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C158" s="60" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D158" s="60" t="s">
+        <v>338</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G158" s="25" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H158" s="22"/>
       <c r="I158" s="1" t="s">
-        <v>1227</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="159" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A159" s="2">
-[...12 lines deleted...]
-        <v>1748</v>
+      <c r="A159" s="83">
+        <v>6142</v>
+      </c>
+      <c r="B159" s="39" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C159" s="101" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D159" s="101" t="s">
+        <v>17</v>
+      </c>
+      <c r="E159" s="39" t="s">
+        <v>1398</v>
       </c>
       <c r="F159" s="24" t="s">
-        <v>1749</v>
-[...6 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="G159" s="69" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H159" s="24"/>
+      <c r="I159" s="24"/>
     </row>
     <row r="160" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A160" s="3">
-        <v>6120</v>
-[...8 lines deleted...]
-        <v>1336</v>
+        <v>6200</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>745</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>677</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>1337</v>
-[...7 lines deleted...]
-      <c r="H160" s="5"/>
+        <v>746</v>
+      </c>
+      <c r="F160" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="G160" s="21" t="s">
+        <v>748</v>
+      </c>
+      <c r="H160" s="22"/>
       <c r="I160" s="1" t="s">
-        <v>1340</v>
+        <v>749</v>
       </c>
     </row>
     <row r="161" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A161" s="82">
-[...20 lines deleted...]
-      <c r="H161" s="22"/>
+      <c r="A161" s="3">
+        <v>6200</v>
+      </c>
+      <c r="B161" s="22" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C161" s="93" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D161" s="24" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F161" s="13" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G161" s="21" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H161" s="26" t="s">
+        <v>1229</v>
+      </c>
       <c r="I161" s="1" t="s">
-        <v>1799</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="162" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A162" s="83">
-[...21 lines deleted...]
-      <c r="I162" s="24"/>
+      <c r="A162" s="3">
+        <v>6200</v>
+      </c>
+      <c r="B162" s="22" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C162" s="73" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D162" s="73" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="G162" s="21" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H162" s="9"/>
+      <c r="I162" s="1" t="s">
+        <v>1612</v>
+      </c>
     </row>
     <row r="163" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A163" s="3">
-        <v>6200</v>
+        <v>6230</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>751</v>
+        <v>439</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>752</v>
+        <v>440</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>677</v>
+        <v>261</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>753</v>
-[...7 lines deleted...]
-      <c r="H163" s="22"/>
+        <v>520</v>
+      </c>
+      <c r="F163" s="22" t="s">
+        <v>441</v>
+      </c>
+      <c r="G163" s="27" t="s">
+        <v>442</v>
+      </c>
+      <c r="H163" s="26" t="s">
+        <v>443</v>
+      </c>
       <c r="I163" s="1" t="s">
-        <v>756</v>
-      </c>
+        <v>444</v>
+      </c>
+      <c r="J163" s="23"/>
     </row>
     <row r="164" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A164" s="3">
-        <v>6200</v>
-[...8 lines deleted...]
-        <v>1238</v>
+        <v>6250</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C164" s="118" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D164" s="105" t="s">
+        <v>1632</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>1239</v>
-[...2 lines deleted...]
-        <v>1240</v>
+        <v>1633</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>1634</v>
       </c>
       <c r="G164" s="21" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1242</v>
+        <v>1635</v>
+      </c>
+      <c r="H164" s="70" t="s">
+        <v>1636</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>1243</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="165" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A165" s="3">
-        <v>6200</v>
+        <v>6280</v>
       </c>
       <c r="B165" s="22" t="s">
-        <v>1631</v>
-[...8 lines deleted...]
-        <v>1633</v>
+        <v>1306</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>923</v>
+      </c>
+      <c r="E165" s="96" t="s">
+        <v>1308</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>1634</v>
-[...6 lines deleted...]
-        <v>1636</v>
+        <v>1309</v>
+      </c>
+      <c r="G165" s="121" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H165" s="1"/>
+      <c r="I165" s="96" t="s">
+        <v>1311</v>
       </c>
     </row>
     <row r="166" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A166" s="3">
-[...15 lines deleted...]
-        <v>441</v>
+      <c r="A166" s="29">
+        <v>6440</v>
+      </c>
+      <c r="B166" s="39" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C166" s="24" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E166" s="24" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F166" s="38" t="s">
+        <v>1450</v>
       </c>
       <c r="G166" s="27" t="s">
-        <v>442</v>
-[...7 lines deleted...]
-      <c r="J166" s="23"/>
+        <v>1451</v>
+      </c>
+      <c r="I166" s="24" t="s">
+        <v>1452</v>
+      </c>
     </row>
     <row r="167" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A167" s="3">
-[...15 lines deleted...]
-        <v>1658</v>
+      <c r="A167" s="43">
+        <v>6500</v>
+      </c>
+      <c r="B167" s="22" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E167" s="145" t="s">
+        <v>1894</v>
+      </c>
+      <c r="F167" s="73" t="s">
+        <v>1895</v>
       </c>
       <c r="G167" s="21" t="s">
-        <v>1659</v>
-[...3 lines deleted...]
-      </c>
+        <v>1423</v>
+      </c>
+      <c r="H167" s="1"/>
       <c r="I167" s="1" t="s">
-        <v>1661</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="168" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A168" s="3">
-[...22 lines deleted...]
-        <v>1326</v>
+      <c r="A168" s="43">
+        <v>6530</v>
+      </c>
+      <c r="B168" s="9" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C168" s="4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F168" s="4" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G168" s="7" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H168" s="21" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I168" s="1" t="s">
+        <v>1188</v>
       </c>
     </row>
     <row r="169" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A169" s="29">
-        <v>6440</v>
-[...2 lines deleted...]
-        <v>1470</v>
+        <v>6560</v>
+      </c>
+      <c r="B169" s="22" t="s">
+        <v>1425</v>
       </c>
       <c r="C169" s="24" t="s">
-        <v>1471</v>
-[...11 lines deleted...]
-        <v>1475</v>
+        <v>1426</v>
+      </c>
+      <c r="D169" s="101" t="s">
+        <v>895</v>
+      </c>
+      <c r="E169" s="32" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F169" s="24" t="s">
+        <v>1428</v>
+      </c>
+      <c r="G169" s="50" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H169" s="27" t="s">
+        <v>1430</v>
       </c>
       <c r="I169" s="24" t="s">
-        <v>1476</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="170" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A170" s="43">
-[...3 lines deleted...]
-        <v>1443</v>
+      <c r="A170" s="3">
+        <v>6600</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>1444</v>
+        <v>182</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>1152</v>
+        <v>183</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>1445</v>
-[...7 lines deleted...]
-      <c r="H170" s="1"/>
+        <v>184</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G170" s="37" t="s">
+        <v>186</v>
+      </c>
+      <c r="H170" s="26" t="s">
+        <v>187</v>
+      </c>
       <c r="I170" s="1" t="s">
-        <v>1448</v>
-      </c>
+        <v>188</v>
+      </c>
+      <c r="J170" s="23"/>
     </row>
     <row r="171" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A171" s="43">
-[...9 lines deleted...]
-        <v>1196</v>
+      <c r="A171" s="3">
+        <v>6600</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>197</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>1197</v>
-[...8 lines deleted...]
-        <v>1200</v>
+        <v>184</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G171" s="52" t="s">
+        <v>198</v>
+      </c>
+      <c r="H171" s="26" t="s">
+        <v>187</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>1201</v>
-      </c>
+        <v>188</v>
+      </c>
+      <c r="J171" s="23"/>
     </row>
     <row r="172" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A172" s="29">
-[...24 lines deleted...]
-        <v>1817</v>
+      <c r="A172" s="3">
+        <v>6600</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C172" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="G172" s="7" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H172" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="I172" s="1" t="s">
+        <v>1771</v>
       </c>
     </row>
     <row r="173" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A173" s="3">
         <v>6600</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>181</v>
-[...8 lines deleted...]
-        <v>184</v>
+        <v>841</v>
+      </c>
+      <c r="C173" s="4" t="s">
+        <v>842</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="E173" s="4" t="s">
+        <v>844</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>185</v>
-[...10 lines deleted...]
-      <c r="J173" s="23"/>
+        <v>845</v>
+      </c>
+      <c r="G173" s="50" t="s">
+        <v>846</v>
+      </c>
+      <c r="H173" s="21" t="s">
+        <v>847</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>848</v>
+      </c>
     </row>
     <row r="174" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A174" s="3">
-        <v>6600</v>
+        <v>6640</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>195</v>
+        <v>694</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>196</v>
+        <v>695</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>197</v>
+        <v>696</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>184</v>
+        <v>697</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>185</v>
+        <v>698</v>
       </c>
       <c r="G174" s="52" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>699</v>
+      </c>
+      <c r="H174" s="21" t="s">
+        <v>700</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>188</v>
+        <v>701</v>
       </c>
       <c r="J174" s="23"/>
     </row>
     <row r="175" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A175" s="3">
-        <v>6600</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>6640</v>
+      </c>
+      <c r="B175" s="9" t="s">
+        <v>791</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>492</v>
+        <v>792</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>793</v>
+      </c>
+      <c r="E175" s="4" t="s">
+        <v>794</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>200</v>
-[...6 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="G175" s="52" t="s">
+        <v>796</v>
+      </c>
+      <c r="H175" s="1"/>
       <c r="I175" s="1" t="s">
-        <v>1808</v>
+        <v>797</v>
       </c>
     </row>
     <row r="176" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A176" s="3">
-        <v>6600</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>6640</v>
+      </c>
+      <c r="B176" s="9" t="s">
+        <v>802</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>849</v>
+        <v>803</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>850</v>
+        <v>677</v>
       </c>
       <c r="E176" s="4" t="s">
-        <v>851</v>
+        <v>804</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>852</v>
-[...8 lines deleted...]
-        <v>855</v>
+        <v>805</v>
+      </c>
+      <c r="G176" s="52" t="s">
+        <v>806</v>
+      </c>
+      <c r="H176" s="1"/>
+      <c r="I176" s="1" t="s">
+        <v>807</v>
       </c>
     </row>
     <row r="177" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A177" s="3">
-[...26 lines deleted...]
-      <c r="J177" s="23"/>
+      <c r="A177" s="83">
+        <v>6661</v>
+      </c>
+      <c r="B177" s="35" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C177" s="63" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D177" s="63" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E177" s="32" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F177" s="24" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G177" s="69" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H177" s="27" t="s">
+        <v>1129</v>
+      </c>
+      <c r="I177" s="24" t="s">
+        <v>1130</v>
+      </c>
     </row>
     <row r="178" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A178" s="3">
-        <v>6640</v>
-[...11 lines deleted...]
-        <v>801</v>
+        <v>6661</v>
+      </c>
+      <c r="B178" s="22" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C178" s="73" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D178" s="73" t="s">
+        <v>168</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>1602</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>802</v>
-[...4 lines deleted...]
-      <c r="H178" s="1"/>
+        <v>1603</v>
+      </c>
+      <c r="G178" s="120" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H178" s="21" t="s">
+        <v>1605</v>
+      </c>
       <c r="I178" s="1" t="s">
-        <v>804</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="179" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A179" s="3">
-[...2 lines deleted...]
-      <c r="B179" s="9" t="s">
+      <c r="A179" s="43">
+        <v>6687</v>
+      </c>
+      <c r="B179" s="22" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C179" s="114" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D179" s="58" t="s">
+        <v>347</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F179" s="13" t="s">
+        <v>1586</v>
+      </c>
+      <c r="G179" s="27" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H179" s="21" t="s">
+        <v>1588</v>
+      </c>
+      <c r="I179" s="1" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A180" s="3">
+        <v>6700</v>
+      </c>
+      <c r="B180" s="9" t="s">
+        <v>808</v>
+      </c>
+      <c r="C180" s="10" t="s">
         <v>809</v>
       </c>
-      <c r="C179" s="4" t="s">
+      <c r="D180" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="10" t="s">
         <v>810</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="4" t="s">
+      <c r="F180" s="9" t="s">
         <v>811</v>
       </c>
-      <c r="F179" s="1" t="s">
+      <c r="G180" s="49" t="s">
         <v>812</v>
       </c>
-      <c r="G179" s="52" t="s">
+      <c r="H180" s="70" t="s">
         <v>813</v>
       </c>
-      <c r="H179" s="1"/>
-      <c r="I179" s="1" t="s">
+      <c r="I180" s="9" t="s">
         <v>814</v>
       </c>
     </row>
-    <row r="180" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-[...27 lines deleted...]
-    </row>
     <row r="181" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A181" s="3">
-[...12 lines deleted...]
-        <v>1626</v>
+      <c r="A181" s="12">
+        <v>6700</v>
+      </c>
+      <c r="B181" s="9" t="s">
+        <v>849</v>
+      </c>
+      <c r="C181" t="s">
+        <v>850</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="E181" s="141" t="s">
+        <v>1886</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>1627</v>
-[...8 lines deleted...]
-        <v>1630</v>
+        <v>1887</v>
+      </c>
+      <c r="G181" s="42" t="s">
+        <v>1888</v>
+      </c>
+      <c r="H181" s="25" t="s">
+        <v>851</v>
+      </c>
+      <c r="I181" s="9" t="s">
+        <v>852</v>
       </c>
     </row>
     <row r="182" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A182" s="43">
-[...18 lines deleted...]
-        <v>1611</v>
+      <c r="A182" s="3">
+        <v>6717</v>
+      </c>
+      <c r="B182" s="9" t="s">
+        <v>834</v>
+      </c>
+      <c r="C182" s="4" t="s">
+        <v>835</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E182" s="4" t="s">
+        <v>836</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="G182" s="42" t="s">
+        <v>838</v>
       </c>
       <c r="H182" s="21" t="s">
-        <v>1612</v>
+        <v>839</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>1613</v>
+        <v>840</v>
       </c>
     </row>
     <row r="183" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A183" s="3">
-        <v>6700</v>
-[...23 lines deleted...]
-        <v>821</v>
+        <v>6720</v>
+      </c>
+      <c r="B183" s="22" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C183" s="77" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D183" s="77" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="G183" s="27" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H183" s="9"/>
+      <c r="I183" s="1" t="s">
+        <v>1629</v>
       </c>
     </row>
     <row r="184" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A184" s="12">
-        <v>6700</v>
+        <v>6723</v>
       </c>
       <c r="B184" s="9" t="s">
-        <v>856</v>
+        <v>784</v>
       </c>
       <c r="C184" t="s">
-        <v>857</v>
+        <v>785</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>690</v>
+        <v>786</v>
       </c>
       <c r="E184" t="s">
-        <v>858</v>
+        <v>787</v>
       </c>
       <c r="F184" s="5" t="s">
-        <v>859</v>
-[...8 lines deleted...]
-        <v>862</v>
+        <v>788</v>
+      </c>
+      <c r="G184" s="21" t="s">
+        <v>789</v>
+      </c>
+      <c r="H184" s="5"/>
+      <c r="I184" s="5" t="s">
+        <v>790</v>
       </c>
     </row>
     <row r="185" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A185" s="3">
-        <v>6717</v>
+        <v>6750</v>
       </c>
       <c r="B185" s="9" t="s">
-        <v>841</v>
+        <v>781</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>842</v>
+        <v>782</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>426</v>
+        <v>14</v>
       </c>
       <c r="E185" s="4" t="s">
-        <v>843</v>
+        <v>891</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>844</v>
-[...6 lines deleted...]
-      </c>
+        <v>892</v>
+      </c>
+      <c r="G185" s="52" t="s">
+        <v>783</v>
+      </c>
+      <c r="H185" s="1"/>
       <c r="I185" s="1" t="s">
-        <v>847</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="186" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A186" s="3">
-[...12 lines deleted...]
-        <v>1650</v>
+      <c r="A186" s="43">
+        <v>6769</v>
+      </c>
+      <c r="B186" s="9" t="s">
+        <v>898</v>
+      </c>
+      <c r="C186" s="4" t="s">
+        <v>899</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="E186" s="4" t="s">
+        <v>901</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>1651</v>
-[...4 lines deleted...]
-      <c r="H186" s="9"/>
+        <v>902</v>
+      </c>
+      <c r="G186" s="69" t="s">
+        <v>903</v>
+      </c>
+      <c r="H186" s="21" t="s">
+        <v>904</v>
+      </c>
       <c r="I186" s="1" t="s">
-        <v>1653</v>
+        <v>905</v>
       </c>
     </row>
     <row r="187" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A187" s="12">
-[...23 lines deleted...]
-      </c>
+      <c r="A187" s="3">
+        <v>6800</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G187" s="28" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H187" s="26"/>
+      <c r="I187" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="J187" s="23"/>
     </row>
     <row r="188" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A188" s="3">
-[...20 lines deleted...]
-      <c r="H188" s="1"/>
+      <c r="A188" s="12">
+        <v>6800</v>
+      </c>
+      <c r="B188" s="24" t="s">
+        <v>189</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D188" t="s">
+        <v>168</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F188" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="G188" s="50" t="s">
+        <v>192</v>
+      </c>
+      <c r="H188" s="26" t="s">
+        <v>193</v>
+      </c>
       <c r="I188" s="1" t="s">
-        <v>1852</v>
-      </c>
+        <v>194</v>
+      </c>
+      <c r="J188" s="23"/>
     </row>
     <row r="189" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A189" s="43">
-[...12 lines deleted...]
-        <v>911</v>
+      <c r="A189" s="3">
+        <v>6800</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>652</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>912</v>
-[...9 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="G189" s="52" t="s">
+        <v>654</v>
+      </c>
+      <c r="H189" s="49"/>
+      <c r="I189" s="56" t="s">
+        <v>655</v>
+      </c>
+      <c r="J189" s="23"/>
     </row>
     <row r="190" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A190" s="3">
+      <c r="A190" s="82">
         <v>6800</v>
       </c>
-      <c r="B190" s="1" t="s">
-[...9 lines deleted...]
-        <v>1776</v>
+      <c r="B190" s="47" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C190" s="73" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D190" s="73" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E190" s="4" t="s">
+        <v>1140</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>164</v>
-[...8 lines deleted...]
-      <c r="J190" s="23"/>
+        <v>1141</v>
+      </c>
+      <c r="G190" s="52" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H190" s="21" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>1144</v>
+      </c>
     </row>
     <row r="191" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A191" s="12">
-[...12 lines deleted...]
-        <v>214</v>
+      <c r="A191" s="29">
+        <v>6832</v>
+      </c>
+      <c r="B191" s="9" t="s">
+        <v>773</v>
+      </c>
+      <c r="C191" t="s">
+        <v>774</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="E191" t="s">
+        <v>776</v>
       </c>
       <c r="F191" s="5" t="s">
-        <v>191</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>777</v>
+      </c>
+      <c r="G191" s="41" t="s">
+        <v>778</v>
+      </c>
+      <c r="H191" s="25" t="s">
+        <v>779</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="J191" s="23"/>
+        <v>780</v>
+      </c>
     </row>
     <row r="192" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A192" s="3">
-        <v>6800</v>
-[...11 lines deleted...]
-        <v>652</v>
+        <v>6840</v>
+      </c>
+      <c r="B192" s="9" t="s">
+        <v>766</v>
+      </c>
+      <c r="C192" s="4" t="s">
+        <v>767</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E192" s="4" t="s">
+        <v>768</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>653</v>
-[...8 lines deleted...]
-      <c r="J192" s="23"/>
+        <v>769</v>
+      </c>
+      <c r="G192" s="69" t="s">
+        <v>770</v>
+      </c>
+      <c r="H192" s="21" t="s">
+        <v>771</v>
+      </c>
+      <c r="I192" s="1" t="s">
+        <v>772</v>
+      </c>
     </row>
     <row r="193" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A193" s="82">
-[...12 lines deleted...]
-        <v>1153</v>
+      <c r="A193" s="3">
+        <v>6850</v>
+      </c>
+      <c r="B193" s="9" t="s">
+        <v>757</v>
+      </c>
+      <c r="C193" s="4" t="s">
+        <v>758</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="E193" s="13" t="s">
+        <v>760</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>1154</v>
-[...2 lines deleted...]
-        <v>1155</v>
+        <v>761</v>
+      </c>
+      <c r="G193" s="7" t="s">
+        <v>762</v>
       </c>
       <c r="H193" s="21" t="s">
-        <v>1156</v>
-[...2 lines deleted...]
-        <v>1157</v>
+        <v>763</v>
+      </c>
+      <c r="I193" s="68" t="s">
+        <v>764</v>
       </c>
     </row>
     <row r="194" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A194" s="29">
-[...22 lines deleted...]
-      </c>
+      <c r="A194" s="3">
+        <v>6850</v>
+      </c>
+      <c r="B194" s="22" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C194" s="63" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D194" s="63" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E194" s="13" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="G194" s="21" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H194" s="9"/>
       <c r="I194" s="1" t="s">
-        <v>787</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="195" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A195" s="3">
-        <v>6840</v>
+      <c r="A195" s="43">
+        <v>6852</v>
       </c>
       <c r="B195" s="9" t="s">
-        <v>773</v>
+        <v>906</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>774</v>
+        <v>907</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>18</v>
+        <v>217</v>
       </c>
       <c r="E195" s="4" t="s">
-        <v>775</v>
+        <v>908</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>776</v>
-[...6 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="G195" s="78" t="s">
+        <v>910</v>
+      </c>
+      <c r="H195" s="1"/>
       <c r="I195" s="1" t="s">
-        <v>779</v>
+        <v>911</v>
       </c>
     </row>
     <row r="196" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A196" s="3">
-        <v>6850</v>
+        <v>6860</v>
       </c>
       <c r="B196" s="9" t="s">
-        <v>764</v>
-[...8 lines deleted...]
-        <v>767</v>
+        <v>70</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="D196" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>91</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>768</v>
+        <v>42</v>
       </c>
       <c r="G196" s="7" t="s">
-        <v>769</v>
-[...5 lines deleted...]
-        <v>771</v>
+        <v>36</v>
+      </c>
+      <c r="H196" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="I196" s="1" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="197" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A197" s="3">
-        <v>6850</v>
-[...14 lines deleted...]
-        <v>1864</v>
+        <v>6870</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F197" s="4" t="s">
+        <v>157</v>
       </c>
       <c r="G197" s="21" t="s">
-        <v>1865</v>
-[...1 lines deleted...]
-      <c r="H197" s="9"/>
+        <v>158</v>
+      </c>
+      <c r="H197" s="1"/>
       <c r="I197" s="1" t="s">
-        <v>1866</v>
+        <v>159</v>
       </c>
     </row>
     <row r="198" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A198" s="43">
-        <v>6852</v>
+      <c r="A198" s="29">
+        <v>6880</v>
       </c>
       <c r="B198" s="9" t="s">
-        <v>916</v>
-[...18 lines deleted...]
-        <v>921</v>
+        <v>750</v>
+      </c>
+      <c r="C198" s="32" t="s">
+        <v>751</v>
+      </c>
+      <c r="D198" s="24" t="s">
+        <v>752</v>
+      </c>
+      <c r="E198" s="32" t="s">
+        <v>753</v>
+      </c>
+      <c r="F198" s="24" t="s">
+        <v>754</v>
+      </c>
+      <c r="G198" s="27" t="s">
+        <v>755</v>
+      </c>
+      <c r="H198" s="24"/>
+      <c r="I198" s="67" t="s">
+        <v>756</v>
       </c>
     </row>
     <row r="199" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A199" s="3">
-        <v>6860</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>6900</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>71</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>91</v>
+        <v>2</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="E199" s="14" t="s">
+        <v>92</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="G199" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="H199" s="44"/>
       <c r="I199" s="1" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
     </row>
     <row r="200" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A200" s="3">
-        <v>6870</v>
-[...7 lines deleted...]
-      <c r="D200" s="4" t="s">
+        <v>6920</v>
+      </c>
+      <c r="B200" s="9" t="s">
+        <v>853</v>
+      </c>
+      <c r="C200" s="4" t="s">
+        <v>854</v>
+      </c>
+      <c r="D200" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="E200" s="1" t="s">
-[...8 lines deleted...]
-      <c r="H200" s="1"/>
+      <c r="E200" s="4" t="s">
+        <v>855</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="G200" s="50" t="s">
+        <v>857</v>
+      </c>
+      <c r="H200" s="21" t="s">
+        <v>858</v>
+      </c>
       <c r="I200" s="1" t="s">
-        <v>159</v>
+        <v>859</v>
       </c>
     </row>
     <row r="201" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A201" s="29">
-[...22 lines deleted...]
-        <v>763</v>
+      <c r="A201" s="87">
+        <v>6941</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C201" s="88" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D201" s="77" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E201" s="13" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="G201" s="65" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H201" s="21" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I201" s="1" t="s">
+        <v>1079</v>
       </c>
     </row>
     <row r="202" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A202" s="3">
-        <v>6900</v>
-[...11 lines deleted...]
-        <v>92</v>
+        <v>6960</v>
+      </c>
+      <c r="B202" s="9" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C202" s="22" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="E202" s="4" t="s">
+        <v>1087</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      <c r="H202" s="44"/>
+        <v>1088</v>
+      </c>
+      <c r="G202" s="30" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H202" s="1"/>
       <c r="I202" s="1" t="s">
-        <v>64</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="203" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A203" s="3">
-        <v>6920</v>
-[...11 lines deleted...]
-        <v>865</v>
+        <v>6990</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>95</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>866</v>
-[...8 lines deleted...]
-        <v>869</v>
+        <v>62</v>
+      </c>
+      <c r="G203" s="52" t="s">
+        <v>53</v>
+      </c>
+      <c r="H203" s="22"/>
+      <c r="I203" s="9" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="204" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A204" s="87">
-[...24 lines deleted...]
-        <v>1092</v>
+      <c r="A204" s="83">
+        <v>6997</v>
+      </c>
+      <c r="B204" s="9" t="s">
+        <v>992</v>
+      </c>
+      <c r="C204" s="39" t="s">
+        <v>993</v>
+      </c>
+      <c r="D204" s="24" t="s">
+        <v>994</v>
+      </c>
+      <c r="E204" s="32" t="s">
+        <v>995</v>
+      </c>
+      <c r="F204" s="24" t="s">
+        <v>996</v>
+      </c>
+      <c r="G204" s="69" t="s">
+        <v>997</v>
+      </c>
+      <c r="H204" s="24"/>
+      <c r="I204" s="24" t="s">
+        <v>998</v>
       </c>
     </row>
     <row r="205" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A205" s="3">
-        <v>6960</v>
-[...5 lines deleted...]
-        <v>1038</v>
+        <v>7000</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>111</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>944</v>
-[...2 lines deleted...]
-        <v>1100</v>
+        <v>112</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>113</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>1101</v>
-[...4 lines deleted...]
-      <c r="H205" s="1"/>
+        <v>307</v>
+      </c>
+      <c r="G205" s="84" t="s">
+        <v>114</v>
+      </c>
+      <c r="H205" s="21" t="s">
+        <v>499</v>
+      </c>
       <c r="I205" s="1" t="s">
-        <v>1040</v>
+        <v>115</v>
       </c>
     </row>
     <row r="206" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A206" s="3">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="A206" s="43">
+        <v>7000</v>
+      </c>
+      <c r="B206" s="22" t="s">
+        <v>1414</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>5</v>
+        <v>1415</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>95</v>
-[...9 lines deleted...]
-        <v>45</v>
+        <v>1416</v>
+      </c>
+      <c r="F206" s="4" t="s">
+        <v>1417</v>
+      </c>
+      <c r="G206" s="44" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H206" s="1"/>
+      <c r="I206" s="1" t="s">
+        <v>1419</v>
       </c>
     </row>
     <row r="207" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A207" s="83">
-        <v>6997</v>
+      <c r="A207" s="3">
+        <v>7000</v>
       </c>
       <c r="B207" s="9" t="s">
-        <v>1005</v>
-[...18 lines deleted...]
-        <v>1011</v>
+        <v>1790</v>
+      </c>
+      <c r="C207" s="22" t="s">
+        <v>222</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="E207" s="13" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="G207" s="13" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H207" s="1"/>
+      <c r="I207" s="1" t="s">
+        <v>1795</v>
       </c>
     </row>
     <row r="208" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A208" s="3">
-[...12 lines deleted...]
-        <v>113</v>
+      <c r="A208" s="43">
+        <v>7011</v>
+      </c>
+      <c r="B208" s="47" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C208" s="73" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D208" s="77" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E208" s="4" t="s">
+        <v>1148</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>1149</v>
+      </c>
+      <c r="G208" s="37" t="s">
+        <v>1150</v>
       </c>
       <c r="H208" s="21" t="s">
-        <v>499</v>
+        <v>1151</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>115</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="209" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A209" s="43">
-[...3 lines deleted...]
-        <v>1436</v>
+      <c r="A209" s="3">
+        <v>7020</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>247</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>1437</v>
-[...13 lines deleted...]
-      <c r="H209" s="1"/>
+        <v>248</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="G209" s="28" t="s">
+        <v>251</v>
+      </c>
+      <c r="H209" s="30" t="s">
+        <v>252</v>
+      </c>
       <c r="I209" s="1" t="s">
-        <v>1441</v>
+        <v>253</v>
       </c>
     </row>
     <row r="210" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A210" s="3">
-        <v>7000</v>
+        <v>7021</v>
       </c>
       <c r="B210" s="9" t="s">
-        <v>1827</v>
+        <v>635</v>
       </c>
       <c r="C210" s="22" t="s">
-        <v>222</v>
+        <v>636</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>1828</v>
-[...2 lines deleted...]
-        <v>1829</v>
+        <v>637</v>
+      </c>
+      <c r="E210" s="22" t="s">
+        <v>638</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>1830</v>
-[...4 lines deleted...]
-      <c r="H210" s="1"/>
+        <v>639</v>
+      </c>
+      <c r="G210" s="7" t="s">
+        <v>640</v>
+      </c>
+      <c r="H210" s="23"/>
       <c r="I210" s="1" t="s">
-        <v>1832</v>
+        <v>641</v>
       </c>
     </row>
     <row r="211" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A211" s="43">
-[...24 lines deleted...]
-        <v>1165</v>
+      <c r="A211" s="3">
+        <v>7022</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="D211" t="s">
+        <v>306</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="F211" s="55" t="s">
+        <v>307</v>
+      </c>
+      <c r="G211" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="H211" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="I211" s="36" t="s">
+        <v>310</v>
       </c>
     </row>
     <row r="212" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A212" s="3">
-[...6 lines deleted...]
-        <v>248</v>
+      <c r="A212" s="12">
+        <v>7031</v>
+      </c>
+      <c r="B212" s="9" t="s">
+        <v>629</v>
+      </c>
+      <c r="C212" s="22" t="s">
+        <v>630</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>13</v>
-[...14 lines deleted...]
-        <v>253</v>
+        <v>17</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="F212" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="G212" s="78" t="s">
+        <v>633</v>
+      </c>
+      <c r="H212" s="41"/>
+      <c r="I212" s="5" t="s">
+        <v>634</v>
       </c>
     </row>
     <row r="213" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A213" s="3">
-        <v>7021</v>
-[...5 lines deleted...]
-        <v>636</v>
+        <v>7033</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>222</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>637</v>
-[...5 lines deleted...]
-        <v>639</v>
+        <v>223</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="F213" s="22" t="s">
+        <v>225</v>
       </c>
       <c r="G213" s="7" t="s">
-        <v>640</v>
-[...3 lines deleted...]
-        <v>641</v>
+        <v>226</v>
+      </c>
+      <c r="H213" s="4"/>
+      <c r="I213" s="24" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="214" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A214" s="3">
-[...9 lines deleted...]
-        <v>306</v>
+      <c r="A214" s="12">
+        <v>7040</v>
+      </c>
+      <c r="B214" s="22" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C214" s="91" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>1233</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>113</v>
-[...11 lines deleted...]
-        <v>310</v>
+        <v>1846</v>
+      </c>
+      <c r="F214" s="5" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G214" s="27" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H214" s="46" t="s">
+        <v>1779</v>
+      </c>
+      <c r="I214" s="24" t="s">
+        <v>1235</v>
       </c>
     </row>
     <row r="215" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A215" s="12">
-[...9 lines deleted...]
-        <v>17</v>
+      <c r="A215" s="3">
+        <v>7050</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="C215" t="s">
+        <v>270</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>631</v>
-[...9 lines deleted...]
-        <v>634</v>
+        <v>271</v>
+      </c>
+      <c r="F215" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="G215" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="H215" s="4"/>
+      <c r="I215" s="1" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="216" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A216" s="3">
-        <v>7033</v>
+        <v>7060</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>221</v>
+        <v>1521</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>222</v>
+        <v>1522</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>224</v>
-[...9 lines deleted...]
-        <v>227</v>
+        <v>1523</v>
+      </c>
+      <c r="F216" s="4" t="s">
+        <v>1524</v>
+      </c>
+      <c r="G216" s="21" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H216" s="28"/>
+      <c r="I216" s="1" t="s">
+        <v>1526</v>
       </c>
     </row>
     <row r="217" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A217" s="12">
-[...2 lines deleted...]
-      <c r="B217" s="22" t="s">
+      <c r="A217" s="29">
+        <v>7061</v>
+      </c>
+      <c r="B217" s="39" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C217" s="93" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D217" s="24" t="s">
         <v>1244</v>
       </c>
-      <c r="C217" s="91" t="s">
+      <c r="E217" s="24" t="s">
         <v>1245</v>
       </c>
-      <c r="D217" s="1" t="s">
+      <c r="F217" s="31" t="s">
         <v>1246</v>
       </c>
-      <c r="E217" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F217" s="5" t="s">
+      <c r="G217" s="25" t="s">
         <v>1247</v>
       </c>
-      <c r="G217" s="27" t="s">
-[...5 lines deleted...]
-      <c r="I217" s="24" t="s">
+      <c r="H217" s="40" t="s">
         <v>1248</v>
       </c>
+      <c r="I217" s="133" t="s">
+        <v>1781</v>
+      </c>
     </row>
     <row r="218" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A218" s="12">
-[...9 lines deleted...]
-        <v>20</v>
+      <c r="A218" s="3">
+        <v>7061</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C218" s="137" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D218" s="112" t="s">
+        <v>1640</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>271</v>
-[...7 lines deleted...]
-      <c r="H218" s="4"/>
+        <v>1844</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G218" s="30" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H218" s="21" t="s">
+        <v>1642</v>
+      </c>
       <c r="I218" s="1" t="s">
-        <v>274</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="219" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A219" s="3">
-[...22 lines deleted...]
-        <v>1550</v>
+      <c r="A219" s="12">
+        <v>7070</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="F219" s="35" t="s">
+        <v>120</v>
+      </c>
+      <c r="G219" s="136" t="s">
+        <v>121</v>
+      </c>
+      <c r="H219" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="I219" s="9" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="220" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A220" s="29">
-[...24 lines deleted...]
-        <v>1818</v>
+      <c r="A220" s="3">
+        <v>7070</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C220" s="22" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G220" s="30" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H220" s="1"/>
+      <c r="I220" s="1" t="s">
+        <v>1277</v>
       </c>
     </row>
     <row r="221" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A221" s="3">
-        <v>7061</v>
+        <v>7090</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1662</v>
-[...5 lines deleted...]
-        <v>1664</v>
+        <v>79</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D221" s="4" t="s">
+        <v>9</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>1881</v>
-[...12 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="F221" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G221" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H221" s="4"/>
+      <c r="I221" s="1"/>
     </row>
     <row r="222" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A222" s="12">
-[...24 lines deleted...]
-        <v>123</v>
+      <c r="A222" s="3">
+        <v>7090</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C222" s="22" t="s">
+        <v>292</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E222" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="F222" s="22" t="s">
+        <v>294</v>
+      </c>
+      <c r="G222" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="H222" s="30" t="s">
+        <v>296</v>
+      </c>
+      <c r="I222" s="1" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="223" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A223" s="147">
-[...20 lines deleted...]
-      <c r="H223" s="1"/>
+      <c r="A223" s="29">
+        <v>7100</v>
+      </c>
+      <c r="B223" s="22" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F223" s="5" t="s">
+        <v>1219</v>
+      </c>
+      <c r="G223" s="27" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H223" s="46" t="s">
+        <v>1221</v>
+      </c>
       <c r="I223" s="1" t="s">
-        <v>1292</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="224" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A224" s="3">
-        <v>7090</v>
+        <v>7110</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="D224" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="C224" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="D224" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>264</v>
+      </c>
+      <c r="F224" s="22" t="s">
+        <v>265</v>
       </c>
       <c r="G224" s="7" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="I224" s="1"/>
+        <v>266</v>
+      </c>
+      <c r="H224" s="30" t="s">
+        <v>267</v>
+      </c>
+      <c r="I224" s="24" t="s">
+        <v>268</v>
+      </c>
     </row>
     <row r="225" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A225" s="3">
-[...24 lines deleted...]
-        <v>297</v>
+      <c r="A225" s="12">
+        <v>7110</v>
+      </c>
+      <c r="B225" s="9" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C225" s="35" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="E225" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F225" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G225" s="50" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H225" s="5"/>
+      <c r="I225" s="24" t="s">
+        <v>1011</v>
       </c>
     </row>
     <row r="226" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A226" s="29">
-        <v>7100</v>
+      <c r="A226" s="3">
+        <v>7110</v>
       </c>
       <c r="B226" s="22" t="s">
-        <v>1228</v>
-[...2 lines deleted...]
-        <v>1229</v>
+        <v>1257</v>
+      </c>
+      <c r="C226" s="91" t="s">
+        <v>1258</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>1230</v>
+        <v>1259</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>1231</v>
-[...9 lines deleted...]
-      </c>
+        <v>1260</v>
+      </c>
+      <c r="F226" s="13" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G226" s="7" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H226" s="22"/>
       <c r="I226" s="1" t="s">
-        <v>1235</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="227" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A227" s="3">
+      <c r="A227" s="12">
         <v>7110</v>
       </c>
-      <c r="B227" s="1" t="s">
-[...12 lines deleted...]
-        <v>265</v>
+      <c r="B227" s="22" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C227" s="92" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F227" s="38" t="s">
+        <v>1261</v>
       </c>
       <c r="G227" s="7" t="s">
-        <v>266</v>
-[...5 lines deleted...]
-        <v>268</v>
+        <v>1267</v>
+      </c>
+      <c r="H227" s="22"/>
+      <c r="I227" s="1" t="s">
+        <v>1268</v>
       </c>
     </row>
     <row r="228" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A228" s="12">
+      <c r="A228" s="3">
         <v>7110</v>
       </c>
-      <c r="B228" s="9" t="s">
-[...19 lines deleted...]
-        <v>1024</v>
+      <c r="B228" s="22" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D228" s="4" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E228" s="96" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="G228" s="84" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H228" s="1"/>
+      <c r="I228" s="1" t="s">
+        <v>1318</v>
       </c>
     </row>
     <row r="229" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A229" s="3">
-        <v>7110</v>
-[...5 lines deleted...]
-        <v>1273</v>
+        <v>7120</v>
+      </c>
+      <c r="B229" s="9" t="s">
+        <v>603</v>
+      </c>
+      <c r="C229" s="22" t="s">
+        <v>604</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>1274</v>
-[...8 lines deleted...]
-        <v>1277</v>
+        <v>605</v>
+      </c>
+      <c r="E229" s="22" t="s">
+        <v>606</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="G229" s="78" t="s">
+        <v>608</v>
       </c>
       <c r="H229" s="22"/>
       <c r="I229" s="1" t="s">
-        <v>1278</v>
+        <v>609</v>
       </c>
     </row>
     <row r="230" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A230" s="12">
-[...15 lines deleted...]
-        <v>1276</v>
+      <c r="A230" s="3">
+        <v>7130</v>
+      </c>
+      <c r="B230" s="9" t="s">
+        <v>828</v>
+      </c>
+      <c r="C230" s="4" t="s">
+        <v>829</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="E230" s="4" t="s">
+        <v>831</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>832</v>
       </c>
       <c r="G230" s="7" t="s">
-        <v>1282</v>
-[...1 lines deleted...]
-      <c r="H230" s="22"/>
+        <v>868</v>
+      </c>
+      <c r="H230" s="7" t="s">
+        <v>869</v>
+      </c>
       <c r="I230" s="1" t="s">
-        <v>1283</v>
+        <v>833</v>
       </c>
     </row>
     <row r="231" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A231" s="3">
-[...12 lines deleted...]
-        <v>1330</v>
+      <c r="A231" s="83">
+        <v>7140</v>
+      </c>
+      <c r="B231" s="39" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C231" s="101" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D231" s="128" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E231" s="32" t="s">
+        <v>1510</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>1331</v>
-[...2 lines deleted...]
-        <v>1332</v>
+        <v>1511</v>
+      </c>
+      <c r="G231" s="50" t="s">
+        <v>1512</v>
       </c>
       <c r="H231" s="1"/>
       <c r="I231" s="1" t="s">
-        <v>1333</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="232" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A232" s="3">
-        <v>7120</v>
-[...21 lines deleted...]
-        <v>609</v>
+        <v>7141</v>
+      </c>
+      <c r="B232" s="22" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C232" s="58" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D232" s="58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F232" s="10" t="s">
+        <v>1812</v>
+      </c>
+      <c r="G232" s="7" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H232" s="9"/>
+      <c r="I232" s="9" t="s">
+        <v>1593</v>
       </c>
     </row>
     <row r="233" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A233" s="3">
-[...22 lines deleted...]
-      </c>
+      <c r="A233" s="29">
+        <v>7160</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="C233" s="39" t="s">
+        <v>614</v>
+      </c>
+      <c r="D233" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E233" s="24" t="s">
+        <v>615</v>
+      </c>
+      <c r="F233" s="24" t="s">
+        <v>616</v>
+      </c>
+      <c r="G233" s="78" t="s">
+        <v>617</v>
+      </c>
+      <c r="H233" s="39"/>
       <c r="I233" s="1" t="s">
-        <v>840</v>
+        <v>618</v>
       </c>
     </row>
     <row r="234" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A234" s="83">
-[...12 lines deleted...]
-        <v>1534</v>
+      <c r="A234" s="3">
+        <v>7160</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="C234" s="4" t="s">
+        <v>894</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="E234" s="4" t="s">
+        <v>1799</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>1535</v>
-[...6 lines deleted...]
-        <v>1537</v>
+        <v>1800</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H234" s="21" t="s">
+        <v>896</v>
+      </c>
+      <c r="I234" s="24" t="s">
+        <v>897</v>
       </c>
     </row>
     <row r="235" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A235" s="3">
-[...12 lines deleted...]
-        <v>1848</v>
+      <c r="A235" s="15">
+        <v>7170</v>
+      </c>
+      <c r="B235" s="9" t="s">
+        <v>254</v>
+      </c>
+      <c r="C235" s="9" t="s">
+        <v>255</v>
+      </c>
+      <c r="D235" s="9" t="s">
+        <v>256</v>
+      </c>
+      <c r="E235" s="57" t="s">
+        <v>257</v>
       </c>
       <c r="F235" s="10" t="s">
-        <v>1849</v>
-[...2 lines deleted...]
-        <v>1616</v>
+        <v>258</v>
+      </c>
+      <c r="G235" s="80" t="s">
+        <v>259</v>
       </c>
       <c r="H235" s="9"/>
-      <c r="I235" s="9" t="s">
-        <v>1617</v>
+      <c r="I235" s="1" t="s">
+        <v>260</v>
       </c>
     </row>
     <row r="236" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A236" s="29">
-[...22 lines deleted...]
-        <v>618</v>
+      <c r="A236" s="15">
+        <v>7181</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C236" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D236" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E236" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F236" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G236" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="H236" s="48" t="s">
+        <v>318</v>
+      </c>
+      <c r="I236" s="9" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="237" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A237" s="3">
-[...24 lines deleted...]
-        <v>907</v>
+      <c r="A237" s="15">
+        <v>7301</v>
+      </c>
+      <c r="B237" s="9" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C237" s="47" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D237" s="9" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E237" s="10" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F237" s="9" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G237" s="48" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H237" s="9"/>
+      <c r="I237" s="9" t="s">
+        <v>1039</v>
       </c>
     </row>
     <row r="238" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A238" s="15">
-[...23 lines deleted...]
-      </c>
+      <c r="A238" s="12">
+        <v>7301</v>
+      </c>
+      <c r="B238" s="22" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C238" s="91" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F238" s="5" t="s">
+        <v>1253</v>
+      </c>
+      <c r="G238" s="7" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H238" s="22"/>
+      <c r="I238" s="1"/>
     </row>
     <row r="239" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A239" s="15">
-[...15 lines deleted...]
-        <v>67</v>
+      <c r="A239" s="3">
+        <v>7332</v>
+      </c>
+      <c r="B239" s="9" t="s">
+        <v>963</v>
+      </c>
+      <c r="C239" s="4" t="s">
+        <v>964</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E239" s="13" t="s">
+        <v>965</v>
+      </c>
+      <c r="F239" s="22" t="s">
+        <v>966</v>
       </c>
       <c r="G239" s="7" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>967</v>
+      </c>
+      <c r="H239" s="52" t="s">
+        <v>968</v>
+      </c>
+      <c r="I239" s="1" t="s">
+        <v>969</v>
       </c>
     </row>
     <row r="240" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A240" s="15">
-[...22 lines deleted...]
-        <v>1052</v>
+      <c r="A240" s="3">
+        <v>7332</v>
+      </c>
+      <c r="B240" s="22" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="G240" s="7" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H240" s="22"/>
+      <c r="I240" s="1" t="s">
+        <v>1349</v>
       </c>
     </row>
     <row r="241" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A241" s="12">
-[...6 lines deleted...]
-        <v>1263</v>
+      <c r="A241" s="3">
+        <v>7340</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C241" s="4" t="s">
+        <v>446</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>1264</v>
-[...5 lines deleted...]
-        <v>1266</v>
+        <v>447</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>449</v>
       </c>
       <c r="G241" s="7" t="s">
-        <v>1267</v>
-[...2 lines deleted...]
-      <c r="I241" s="1"/>
+        <v>450</v>
+      </c>
+      <c r="H241" s="37"/>
+      <c r="I241" s="1" t="s">
+        <v>451</v>
+      </c>
     </row>
     <row r="242" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A242" s="3">
-        <v>7332</v>
+        <v>7340</v>
       </c>
       <c r="B242" s="9" t="s">
+        <v>970</v>
+      </c>
+      <c r="C242" s="22" t="s">
+        <v>971</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="E242" s="22" t="s">
+        <v>973</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="G242" s="81" t="s">
+        <v>975</v>
+      </c>
+      <c r="H242" s="21" t="s">
         <v>976</v>
       </c>
-      <c r="C242" s="4" t="s">
+      <c r="I242" s="1" t="s">
         <v>977</v>
-      </c>
-[...16 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="243" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A243" s="3">
-        <v>7332</v>
-[...11 lines deleted...]
-        <v>1361</v>
+        <v>7370</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C243" s="114" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D243" s="58" t="s">
+        <v>168</v>
+      </c>
+      <c r="E243" s="4" t="s">
+        <v>1653</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>1362</v>
-[...4 lines deleted...]
-      <c r="H243" s="22"/>
+        <v>1654</v>
+      </c>
+      <c r="G243" s="21" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H243" s="21" t="s">
+        <v>1656</v>
+      </c>
       <c r="I243" s="1" t="s">
-        <v>1364</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="244" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A244" s="3">
-[...6 lines deleted...]
-        <v>446</v>
+      <c r="A244" s="12">
+        <v>7500</v>
+      </c>
+      <c r="B244" s="9" t="s">
+        <v>418</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>419</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>449</v>
-[...4 lines deleted...]
-      <c r="H244" s="37"/>
+        <v>422</v>
+      </c>
+      <c r="G244" s="78" t="s">
+        <v>423</v>
+      </c>
+      <c r="H244" s="42" t="s">
+        <v>424</v>
+      </c>
       <c r="I244" s="1" t="s">
-        <v>451</v>
+        <v>425</v>
       </c>
     </row>
     <row r="245" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A245" s="3">
-        <v>7340</v>
+        <v>7500</v>
       </c>
       <c r="B245" s="9" t="s">
-        <v>983</v>
-[...17 lines deleted...]
-        <v>989</v>
+        <v>433</v>
+      </c>
+      <c r="C245" t="s">
+        <v>434</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E245" s="39" t="s">
+        <v>519</v>
+      </c>
+      <c r="F245" s="39" t="s">
+        <v>435</v>
+      </c>
+      <c r="G245" s="78" t="s">
+        <v>436</v>
+      </c>
+      <c r="H245" s="30" t="s">
+        <v>437</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>990</v>
+        <v>438</v>
       </c>
     </row>
     <row r="246" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A246" s="3">
-        <v>7370</v>
-[...11 lines deleted...]
-        <v>1677</v>
+        <v>7500</v>
+      </c>
+      <c r="B246" s="9" t="s">
+        <v>956</v>
+      </c>
+      <c r="C246" s="22" t="s">
+        <v>957</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="E246" s="13" t="s">
+        <v>959</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>1678</v>
+        <v>960</v>
       </c>
       <c r="G246" s="21" t="s">
-        <v>1679</v>
-[...3 lines deleted...]
-      </c>
+        <v>961</v>
+      </c>
+      <c r="H246" s="1"/>
       <c r="I246" s="1" t="s">
-        <v>1681</v>
+        <v>962</v>
       </c>
     </row>
     <row r="247" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A247" s="12">
+      <c r="A247" s="43">
         <v>7500</v>
       </c>
-      <c r="B247" s="9" t="s">
-        <v>418</v>
+      <c r="B247" s="22" t="s">
+        <v>1499</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>419</v>
+        <v>1500</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>1501</v>
+      </c>
+      <c r="E247" s="4" t="s">
+        <v>1502</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>422</v>
-[...5 lines deleted...]
-        <v>424</v>
+        <v>1503</v>
+      </c>
+      <c r="G247" s="30" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H247" s="21" t="s">
+        <v>1505</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>425</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="248" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A248" s="3">
         <v>7500</v>
       </c>
       <c r="B248" s="9" t="s">
-        <v>433</v>
-[...20 lines deleted...]
-        <v>438</v>
+        <v>989</v>
+      </c>
+      <c r="C248" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="G248" s="52" t="s">
+        <v>1810</v>
+      </c>
+      <c r="H248" s="21" t="s">
+        <v>990</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>991</v>
       </c>
     </row>
     <row r="249" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A249" s="3">
-        <v>7500</v>
+      <c r="A249" s="12">
+        <v>7521</v>
       </c>
       <c r="B249" s="9" t="s">
-        <v>969</v>
+        <v>1012</v>
       </c>
       <c r="C249" s="22" t="s">
-        <v>970</v>
+        <v>440</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>971</v>
-[...2 lines deleted...]
-        <v>972</v>
+        <v>934</v>
+      </c>
+      <c r="E249" s="4" t="s">
+        <v>1822</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>973</v>
-[...4 lines deleted...]
-      <c r="H249" s="1"/>
+        <v>1823</v>
+      </c>
+      <c r="G249" s="42" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H249" s="5"/>
       <c r="I249" s="1" t="s">
-        <v>975</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="250" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A250" s="43">
-[...6 lines deleted...]
-        <v>1524</v>
+      <c r="A250" s="29">
+        <v>7522</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C250" s="4" t="s">
+        <v>428</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>1525</v>
-[...14 lines deleted...]
-        <v>1530</v>
+        <v>11</v>
+      </c>
+      <c r="E250" s="32" t="s">
+        <v>429</v>
+      </c>
+      <c r="F250" s="39" t="s">
+        <v>430</v>
+      </c>
+      <c r="G250" s="27" t="s">
+        <v>431</v>
+      </c>
+      <c r="H250" s="42"/>
+      <c r="I250" s="24" t="s">
+        <v>432</v>
       </c>
     </row>
     <row r="251" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A251" s="3">
-        <v>7500</v>
+        <v>7532</v>
       </c>
       <c r="B251" s="9" t="s">
-        <v>1002</v>
+        <v>512</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>377</v>
+        <v>513</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>772</v>
-[...14 lines deleted...]
-        <v>1004</v>
+        <v>514</v>
+      </c>
+      <c r="E251" s="22" t="s">
+        <v>515</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="G251" s="42" t="s">
+        <v>517</v>
+      </c>
+      <c r="H251" s="1"/>
+      <c r="I251" s="1" t="s">
+        <v>518</v>
       </c>
     </row>
     <row r="252" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A252" s="12">
-[...22 lines deleted...]
-        <v>1027</v>
+      <c r="A252" s="82">
+        <v>7532</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="C252" t="s">
+        <v>951</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E252" s="38" t="s">
+        <v>952</v>
+      </c>
+      <c r="F252" s="35" t="s">
+        <v>953</v>
+      </c>
+      <c r="G252" s="27" t="s">
+        <v>954</v>
+      </c>
+      <c r="H252" s="38"/>
+      <c r="I252" s="5" t="s">
+        <v>955</v>
       </c>
     </row>
     <row r="253" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A253" s="29">
-[...6 lines deleted...]
-        <v>428</v>
+      <c r="A253" s="3">
+        <v>7534</v>
+      </c>
+      <c r="B253" s="22" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>210</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>11</v>
-[...12 lines deleted...]
-        <v>432</v>
+        <v>1270</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F253" s="13" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G253" s="21" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H253" s="1"/>
+      <c r="I253" s="1" t="s">
+        <v>1274</v>
       </c>
     </row>
     <row r="254" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A254" s="3">
-        <v>7532</v>
+        <v>7538</v>
       </c>
       <c r="B254" s="9" t="s">
-        <v>512</v>
-[...8 lines deleted...]
-        <v>515</v>
+        <v>688</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D254" s="4" t="s">
+        <v>690</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>691</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>517</v>
+        <v>1825</v>
+      </c>
+      <c r="G254" s="30" t="s">
+        <v>692</v>
       </c>
       <c r="H254" s="1"/>
-      <c r="I254" s="1" t="s">
-        <v>518</v>
+      <c r="I254" s="13" t="s">
+        <v>693</v>
       </c>
     </row>
     <row r="255" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A255" s="82">
-[...22 lines deleted...]
-        <v>968</v>
+      <c r="A255" s="3">
+        <v>7538</v>
+      </c>
+      <c r="B255" s="9" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C255" s="22" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E255" s="4" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G255" s="7" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H255" s="21" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>1022</v>
       </c>
     </row>
     <row r="256" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A256" s="3">
-[...6 lines deleted...]
-        <v>210</v>
+      <c r="A256" s="43">
+        <v>7604</v>
+      </c>
+      <c r="B256" s="9" t="s">
+        <v>946</v>
+      </c>
+      <c r="C256" s="4" t="s">
+        <v>947</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>1285</v>
-[...10 lines deleted...]
-      <c r="H256" s="1"/>
+        <v>667</v>
+      </c>
+      <c r="E256" s="140" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G256" s="27" t="s">
+        <v>948</v>
+      </c>
+      <c r="H256" s="26" t="s">
+        <v>1881</v>
+      </c>
       <c r="I256" s="1" t="s">
-        <v>1289</v>
+        <v>949</v>
       </c>
     </row>
     <row r="257" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A257" s="3">
-        <v>7538</v>
+      <c r="A257" s="29">
+        <v>7640</v>
       </c>
       <c r="B257" s="9" t="s">
-        <v>688</v>
-[...18 lines deleted...]
-        <v>693</v>
+        <v>397</v>
+      </c>
+      <c r="C257" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="D257" s="24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E257" s="24" t="s">
+        <v>399</v>
+      </c>
+      <c r="F257" s="32" t="s">
+        <v>403</v>
+      </c>
+      <c r="G257" s="27" t="s">
+        <v>404</v>
+      </c>
+      <c r="H257" s="42"/>
+      <c r="I257" s="24" t="s">
+        <v>407</v>
       </c>
     </row>
     <row r="258" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A258" s="3">
-        <v>7538</v>
+        <v>7643</v>
       </c>
       <c r="B258" s="9" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-        <v>1029</v>
+        <v>400</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>401</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>1030</v>
-[...11 lines deleted...]
-        <v>1034</v>
+        <v>370</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="F258" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="G258" s="27" t="s">
+        <v>406</v>
+      </c>
+      <c r="H258" s="42" t="s">
+        <v>1773</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1035</v>
+        <v>408</v>
       </c>
     </row>
     <row r="259" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A259" s="43">
-[...15 lines deleted...]
-        <v>959</v>
+      <c r="A259" s="29">
+        <v>7700</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C259" s="24" t="s">
+        <v>236</v>
+      </c>
+      <c r="D259" s="24" t="s">
+        <v>237</v>
+      </c>
+      <c r="E259" s="31" t="s">
+        <v>238</v>
+      </c>
+      <c r="F259" s="32" t="s">
+        <v>239</v>
       </c>
       <c r="G259" s="27" t="s">
-        <v>960</v>
-[...5 lines deleted...]
-        <v>962</v>
+        <v>240</v>
+      </c>
+      <c r="H259" s="13"/>
+      <c r="I259" s="24" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="260" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A260" s="29">
-        <v>7640</v>
+        <v>7700</v>
       </c>
       <c r="B260" s="9" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>999</v>
+      </c>
+      <c r="C260" s="39" t="s">
+        <v>1000</v>
       </c>
       <c r="D260" s="24" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>403</v>
+        <v>1001</v>
+      </c>
+      <c r="E260" s="32" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F260" s="39" t="s">
+        <v>1003</v>
       </c>
       <c r="G260" s="27" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="H260" s="42"/>
+        <v>1004</v>
+      </c>
+      <c r="H260" s="24"/>
       <c r="I260" s="24" t="s">
-        <v>407</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="261" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A261" s="3">
-        <v>7643</v>
+        <v>7730</v>
       </c>
       <c r="B261" s="9" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>370</v>
+        <v>411</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>402</v>
-[...9 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="F261" s="22" t="s">
+        <v>413</v>
+      </c>
+      <c r="G261" s="21" t="s">
+        <v>414</v>
+      </c>
+      <c r="H261" s="1"/>
       <c r="I261" s="1" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
     </row>
     <row r="262" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A262" s="29">
-[...50 lines deleted...]
-      </c>
+      <c r="A262" s="3">
+        <v>7740</v>
+      </c>
+      <c r="B262" s="9" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C262" s="22" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="E262" s="4" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G262" s="42" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H262" s="25" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I262" s="1" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="3">
+        <v>7743</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C263" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="E263" s="139" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="G263" s="7" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H263" s="21" t="s">
+        <v>990</v>
+      </c>
+      <c r="I263" s="1"/>
     </row>
     <row r="264" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A264" s="3">
-        <v>7730</v>
+        <v>7760</v>
       </c>
       <c r="B264" s="9" t="s">
-        <v>409</v>
-[...18 lines deleted...]
-        <v>415</v>
+        <v>984</v>
+      </c>
+      <c r="C264" s="32" t="s">
+        <v>985</v>
+      </c>
+      <c r="D264" s="24" t="s">
+        <v>454</v>
+      </c>
+      <c r="E264" s="31" t="s">
+        <v>986</v>
+      </c>
+      <c r="F264" s="39" t="s">
+        <v>987</v>
+      </c>
+      <c r="G264" s="7" t="s">
+        <v>988</v>
+      </c>
+      <c r="H264" s="31"/>
+      <c r="I264" s="24" t="s">
+        <v>1278</v>
       </c>
     </row>
     <row r="265" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A265" s="3">
-[...2 lines deleted...]
-      <c r="B265" s="9" t="s">
+      <c r="A265" s="43">
+        <v>7760</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C265" s="58" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D265" s="112" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E265" s="13" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G265" s="30" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H265" s="1"/>
+      <c r="I265" s="1" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="3">
+        <v>7800</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C266" s="22" t="s">
         <v>1053</v>
       </c>
-      <c r="C265" s="22" t="s">
+      <c r="D266" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E266" s="13" t="s">
         <v>1054</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="4" t="s">
+      <c r="F266" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="F265" s="1" t="s">
+      <c r="G266" s="30" t="s">
         <v>1056</v>
       </c>
-      <c r="G265" s="42" t="s">
+      <c r="H266" s="1"/>
+      <c r="I266" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="H265" s="25" t="s">
-[...31 lines deleted...]
-      <c r="I266" s="1"/>
     </row>
     <row r="267" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A267" s="3">
-[...6 lines deleted...]
-        <v>998</v>
+      <c r="A267" s="12">
+        <v>7822</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="C267" s="39" t="s">
+        <v>672</v>
       </c>
       <c r="D267" s="24" t="s">
-        <v>454</v>
-[...10 lines deleted...]
-      <c r="H267" s="31"/>
+        <v>231</v>
+      </c>
+      <c r="E267" s="32" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F267" s="24" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G267" s="102" t="s">
+        <v>673</v>
+      </c>
+      <c r="H267" s="46"/>
       <c r="I267" s="24" t="s">
-        <v>1293</v>
+        <v>674</v>
       </c>
     </row>
     <row r="268" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A268" s="43">
-        <v>7760</v>
-[...2 lines deleted...]
-        <v>1562</v>
+        <v>7830</v>
+      </c>
+      <c r="B268" s="22" t="s">
+        <v>1514</v>
       </c>
       <c r="C268" s="58" t="s">
-        <v>1563</v>
-[...5 lines deleted...]
-        <v>1897</v>
+        <v>1515</v>
+      </c>
+      <c r="D268" s="58" t="s">
+        <v>128</v>
+      </c>
+      <c r="E268" s="4" t="s">
+        <v>1516</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1898</v>
+        <v>1517</v>
       </c>
       <c r="G268" s="30" t="s">
-        <v>1565</v>
-[...1 lines deleted...]
-      <c r="H268" s="1"/>
+        <v>1518</v>
+      </c>
+      <c r="H268" s="21" t="s">
+        <v>1519</v>
+      </c>
       <c r="I268" s="1" t="s">
-        <v>1566</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="269" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A269" s="3">
-        <v>7800</v>
-[...5 lines deleted...]
-        <v>1066</v>
+        <v>7903</v>
+      </c>
+      <c r="B269" s="9" t="s">
+        <v>416</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>417</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E269" s="13" t="s">
-        <v>1067</v>
+        <v>1801</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1068</v>
-[...4 lines deleted...]
-      <c r="H269" s="1"/>
+        <v>1802</v>
+      </c>
+      <c r="G269" s="7" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H269" s="42"/>
       <c r="I269" s="1" t="s">
-        <v>1070</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="270" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A270" s="12">
-[...22 lines deleted...]
-        <v>674</v>
+      <c r="A270" s="3">
+        <v>7911</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="E270" s="13" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F270" s="4" t="s">
+        <v>1786</v>
+      </c>
+      <c r="G270" s="21" t="s">
+        <v>245</v>
+      </c>
+      <c r="H270" s="22"/>
+      <c r="I270" s="1" t="s">
+        <v>246</v>
       </c>
     </row>
     <row r="271" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A271" s="43">
-[...24 lines deleted...]
-        <v>1544</v>
+      <c r="A271" s="29">
+        <v>7911</v>
+      </c>
+      <c r="B271" s="9" t="s">
+        <v>815</v>
+      </c>
+      <c r="C271" s="32" t="s">
+        <v>816</v>
+      </c>
+      <c r="D271" s="24" t="s">
+        <v>554</v>
+      </c>
+      <c r="E271" s="32" t="s">
+        <v>817</v>
+      </c>
+      <c r="F271" s="39" t="s">
+        <v>818</v>
+      </c>
+      <c r="G271" s="21" t="s">
+        <v>819</v>
+      </c>
+      <c r="H271" s="27" t="s">
+        <v>820</v>
+      </c>
+      <c r="I271" s="24" t="s">
+        <v>821</v>
       </c>
     </row>
     <row r="272" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A272" s="3">
-        <v>7903</v>
+        <v>7973</v>
       </c>
       <c r="B272" s="9" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>417</v>
+        <v>521</v>
+      </c>
+      <c r="C272" s="4" t="s">
+        <v>522</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1838</v>
+        <v>523</v>
+      </c>
+      <c r="E272" s="22" t="s">
+        <v>524</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1839</v>
-[...4 lines deleted...]
-      <c r="H272" s="42"/>
+        <v>525</v>
+      </c>
+      <c r="G272" s="21" t="s">
+        <v>526</v>
+      </c>
+      <c r="H272" s="21" t="s">
+        <v>527</v>
+      </c>
       <c r="I272" s="1" t="s">
-        <v>1841</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="273" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A273" s="3">
-[...6 lines deleted...]
-        <v>243</v>
+      <c r="A273" s="12">
+        <v>7973</v>
+      </c>
+      <c r="B273" s="22" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C273" s="91" t="s">
+        <v>1752</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>1823</v>
+        <v>1099</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F273" s="38" t="s">
+        <v>1754</v>
       </c>
       <c r="G273" s="21" t="s">
-        <v>245</v>
+        <v>1755</v>
       </c>
       <c r="H273" s="22"/>
       <c r="I273" s="1" t="s">
-        <v>246</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="274" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A274" s="29">
-[...24 lines deleted...]
-        <v>828</v>
+      <c r="A274" s="3">
+        <v>9040</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E274" s="22" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G274" s="7" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H274" s="7" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I274" s="1" t="s">
+        <v>1719</v>
       </c>
     </row>
     <row r="275" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A275" s="3">
-        <v>7973</v>
-[...11 lines deleted...]
-        <v>524</v>
+        <v>9750</v>
+      </c>
+      <c r="B275" s="22" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C275" s="73" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D275" s="73" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>1875</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>525</v>
-[...92 lines deleted...]
-      </c>
+        <v>1876</v>
+      </c>
+      <c r="G275" s="44" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H275" s="1"/>
+      <c r="I275" s="13" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A276" s="2"/>
+    </row>
+    <row r="277" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A277" s="2"/>
+    </row>
+    <row r="278" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A278" s="2"/>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A279" s="2"/>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A280" s="2"/>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A281" s="2"/>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A282" s="2"/>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A283" s="2"/>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A284" s="2"/>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A285" s="2"/>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A286" s="2"/>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A287" s="2"/>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A288" s="2"/>
     </row>
     <row r="289" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A289" s="2"/>
     </row>
     <row r="290" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A290" s="2"/>
     </row>
     <row r="291" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A291" s="2"/>
     </row>
-    <row r="292" spans="1:1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:I239">
-    <sortCondition ref="A1:A239"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:I236">
+    <sortCondition ref="A1:A236"/>
   </sortState>
   <phoneticPr fontId="7" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="G224" r:id="rId1" xr:uid="{BEB1E4FA-322A-4849-8AD6-6F6FB7A3580F}"/>
-[...8 lines deleted...]
-    <hyperlink ref="G43" r:id="rId10" xr:uid="{0C594596-D6B0-4141-B755-F18C352702FC}"/>
+    <hyperlink ref="G221" r:id="rId1" xr:uid="{BEB1E4FA-322A-4849-8AD6-6F6FB7A3580F}"/>
+    <hyperlink ref="G18" r:id="rId2" xr:uid="{C8751BF7-B68D-4CD0-A63A-AD8E02BA69D0}"/>
+    <hyperlink ref="G196" r:id="rId3" xr:uid="{26032C4B-19A0-43F2-A9F4-06A0FB828C4C}"/>
+    <hyperlink ref="G203" r:id="rId4" xr:uid="{06119DA5-513E-48FC-8ED3-43E2B2089EE4}"/>
+    <hyperlink ref="G128" r:id="rId5" xr:uid="{96CDFBF5-DA09-4418-802E-94286255DF7E}"/>
+    <hyperlink ref="G20" r:id="rId6" xr:uid="{4EE89CCC-C753-4A8C-A25F-5AAA6F916F56}"/>
+    <hyperlink ref="H196" r:id="rId7" xr:uid="{AC2679BA-965C-4D04-9344-CBC0A2DF80F6}"/>
+    <hyperlink ref="H42" r:id="rId8" xr:uid="{2A3C05F5-D3D2-487F-9CC7-9F4A3521B44B}"/>
+    <hyperlink ref="H20" r:id="rId9" xr:uid="{725D2DBD-AD20-42C6-9434-AE9D8F8E77F3}"/>
+    <hyperlink ref="G42" r:id="rId10" xr:uid="{0C594596-D6B0-4141-B755-F18C352702FC}"/>
     <hyperlink ref="H5" r:id="rId11" xr:uid="{6BA98177-33DF-4C46-8588-1F450A076296}"/>
-    <hyperlink ref="G104" r:id="rId12" xr:uid="{432D7E72-0D02-440D-B8E4-04147709A3DC}"/>
-[...30 lines deleted...]
-    <hyperlink ref="G216" r:id="rId43" xr:uid="{B4F073BD-79B7-4D57-B985-140174BC02B7}"/>
+    <hyperlink ref="G101" r:id="rId12" xr:uid="{432D7E72-0D02-440D-B8E4-04147709A3DC}"/>
+    <hyperlink ref="H101" r:id="rId13" xr:uid="{FA9BBF84-1CF7-403A-870E-76465EB92383}"/>
+    <hyperlink ref="G236" r:id="rId14" xr:uid="{3C1B18CF-2762-4939-A045-F40A3C3DAB71}"/>
+    <hyperlink ref="H236" r:id="rId15" xr:uid="{439EC55E-79A5-46C0-A10D-C05C0EFDF59C}"/>
+    <hyperlink ref="G21" r:id="rId16" xr:uid="{6CB33FD2-CDAB-47BC-8BBC-C5E2DDDDDF4A}"/>
+    <hyperlink ref="H21" r:id="rId17" xr:uid="{A5809F35-A9E9-45AA-AB71-DEE464718398}"/>
+    <hyperlink ref="G219" r:id="rId18" xr:uid="{D40A9F81-DB71-4FFE-90DF-82D030204DC3}"/>
+    <hyperlink ref="H219" r:id="rId19" xr:uid="{5428268D-F42C-41CB-9678-6FD60A11CE28}"/>
+    <hyperlink ref="G22" r:id="rId20" xr:uid="{A96EF2C0-85D4-4444-91E2-0560D2E05FA4}"/>
+    <hyperlink ref="H22" r:id="rId21" xr:uid="{A6798DDE-D658-4403-AFBC-75115106022F}"/>
+    <hyperlink ref="G23" r:id="rId22" xr:uid="{FC45BA5C-E0D4-43CF-834C-17AEE32402B5}"/>
+    <hyperlink ref="G96" r:id="rId23" xr:uid="{F4EE099A-DBA5-4A2A-876F-6AC4EEEE0473}"/>
+    <hyperlink ref="G35" r:id="rId24" xr:uid="{71EAF99C-73F0-453A-B15E-88191F42DA03}"/>
+    <hyperlink ref="H35" r:id="rId25" xr:uid="{11159CBC-90DB-4866-958F-A215D9157AA8}"/>
+    <hyperlink ref="H6" r:id="rId26" xr:uid="{5E233DEF-0E20-42F6-88DC-D19E2767758E}"/>
+    <hyperlink ref="H170" r:id="rId27" xr:uid="{1E3CF004-AB62-41D5-8E7B-1EF23D9AA4D0}"/>
+    <hyperlink ref="G170" r:id="rId28" xr:uid="{A24D7673-2484-4A7A-BDC2-2B8174D9A7C0}"/>
+    <hyperlink ref="G188" r:id="rId29" xr:uid="{E2AA215A-79AB-48B4-B375-1B41475B0DAE}"/>
+    <hyperlink ref="H188" r:id="rId30" xr:uid="{A01F20BE-752C-4F98-AEEF-6AC9C393055B}"/>
+    <hyperlink ref="G171" r:id="rId31" xr:uid="{2C00D3B1-CDD6-4BED-AC18-F4D405EF4E8E}"/>
+    <hyperlink ref="H171" r:id="rId32" xr:uid="{0B284C8E-B4D1-4415-B850-5195B7AB6AF9}"/>
+    <hyperlink ref="G259" r:id="rId33" xr:uid="{1879616D-0877-4888-A7BB-6B9193EF1C3E}"/>
+    <hyperlink ref="H209" r:id="rId34" xr:uid="{C2563123-F85F-416C-86DA-27857176AE39}"/>
+    <hyperlink ref="G224" r:id="rId35" xr:uid="{D405DB62-2619-4CD5-8A85-1EF97F59F821}"/>
+    <hyperlink ref="H224" r:id="rId36" xr:uid="{AA6C9E80-3B4C-4A3C-995E-0F9B99455D34}"/>
+    <hyperlink ref="G215" r:id="rId37" xr:uid="{648291C6-DB5F-49BA-8B86-15250DA154E3}"/>
+    <hyperlink ref="G98" r:id="rId38" xr:uid="{736BD391-B46A-4D0A-9615-085F8BAE2F87}"/>
+    <hyperlink ref="G222" r:id="rId39" xr:uid="{2BD0BA4C-62FD-4853-93CE-2FB2A4163E33}"/>
+    <hyperlink ref="H222" r:id="rId40" xr:uid="{292BB152-9032-43F7-A355-6B8D2C97C804}"/>
+    <hyperlink ref="G211" r:id="rId41" xr:uid="{9388485B-8EE6-40E9-8824-42A9CC5EE374}"/>
+    <hyperlink ref="H211" r:id="rId42" xr:uid="{62F6B9C7-D29F-44E4-B13C-E2574662B26B}"/>
+    <hyperlink ref="G213" r:id="rId43" xr:uid="{B4F073BD-79B7-4D57-B985-140174BC02B7}"/>
     <hyperlink ref="G3" r:id="rId44" xr:uid="{2FBD2882-CA81-422E-B60A-B3849839ED52}"/>
-    <hyperlink ref="G73" r:id="rId45" xr:uid="{219FF4F4-624E-42E0-AF8E-D65C8B96289A}"/>
-[...52 lines deleted...]
-    <hyperlink ref="G192" r:id="rId98" xr:uid="{CAE64807-B434-4C64-B868-183629E12BA3}"/>
+    <hyperlink ref="G71" r:id="rId45" xr:uid="{219FF4F4-624E-42E0-AF8E-D65C8B96289A}"/>
+    <hyperlink ref="G116" r:id="rId46" xr:uid="{FB750BC2-0876-4FDB-84E5-CE25E7075088}"/>
+    <hyperlink ref="G76" r:id="rId47" xr:uid="{1539077F-0E79-4AEF-AADB-729757D2CA3F}"/>
+    <hyperlink ref="G74" r:id="rId48" xr:uid="{FDC74DAE-A39C-42A2-A79A-6A204FEB23F7}"/>
+    <hyperlink ref="H74" r:id="rId49" xr:uid="{30B5CCFA-938B-44D5-BAD7-DC3A9BDE7BFA}"/>
+    <hyperlink ref="G64" r:id="rId50" xr:uid="{8507D433-F35B-4524-8C4F-DB121BA1C400}"/>
+    <hyperlink ref="H64" r:id="rId51" xr:uid="{216B33B1-7E08-4B0C-B87A-C382BF7D8F4F}"/>
+    <hyperlink ref="G112" r:id="rId52" xr:uid="{69BE23A4-7C68-4286-B8C0-C33BE41BE829}"/>
+    <hyperlink ref="H112" r:id="rId53" xr:uid="{8EFBA04E-2099-40FF-ABBE-1BD1BD8C6042}"/>
+    <hyperlink ref="G257" r:id="rId54" xr:uid="{9037E2B8-6B34-4156-B425-BEF6D83E3BF2}"/>
+    <hyperlink ref="G261" r:id="rId55" xr:uid="{C05A70ED-8F46-4C52-8366-3AC8442EEE96}"/>
+    <hyperlink ref="G244" r:id="rId56" xr:uid="{5DC5FB02-1C7B-4791-B3E5-D7D1BE6DE9D4}"/>
+    <hyperlink ref="H244" r:id="rId57" xr:uid="{B68B6D6D-1EB2-42C3-BA45-DC5CBC762901}"/>
+    <hyperlink ref="G250" r:id="rId58" xr:uid="{39E54A86-5638-4536-B13A-4982A306D406}"/>
+    <hyperlink ref="G245" r:id="rId59" xr:uid="{E44DF8B1-11EA-4CD8-815F-274F2E95B2E3}"/>
+    <hyperlink ref="H245" r:id="rId60" xr:uid="{43AF5187-D9B3-419D-B45D-9AFD68FF3B7C}"/>
+    <hyperlink ref="G163" r:id="rId61" xr:uid="{1CDCC315-76BD-41A6-AE3D-AF3A53E2C26B}"/>
+    <hyperlink ref="H163" r:id="rId62" xr:uid="{FD10AA39-24A4-4B9C-A25C-49B5D7D0EB0A}"/>
+    <hyperlink ref="G47" r:id="rId63" xr:uid="{EAB3F89F-40F7-40B8-8749-432E9984262B}"/>
+    <hyperlink ref="H63" r:id="rId64" xr:uid="{0C11CD97-D505-4558-B4B9-81309787D5FC}"/>
+    <hyperlink ref="G120" r:id="rId65" xr:uid="{053ACF5F-EBD4-4092-BE11-12147F3190BB}"/>
+    <hyperlink ref="H120" r:id="rId66" xr:uid="{89CED03C-B6C0-489A-A382-7FF387D51C56}"/>
+    <hyperlink ref="G117" r:id="rId67" xr:uid="{91AF1EA7-537E-4AF4-8407-631AEE472C78}"/>
+    <hyperlink ref="H97" r:id="rId68" xr:uid="{12CECCE1-5B33-4625-8639-56A06F407F95}"/>
+    <hyperlink ref="G34" r:id="rId69" xr:uid="{9F95166E-2A2B-4CC1-A895-CAB053DA3AAD}"/>
+    <hyperlink ref="G205" r:id="rId70" xr:uid="{AE1BA951-3BA9-4F40-BD30-8A4A479E9BE2}"/>
+    <hyperlink ref="G72" r:id="rId71" xr:uid="{2CAB4C2B-CB1A-46E8-B3B3-2B97D76686EB}"/>
+    <hyperlink ref="G66" r:id="rId72" xr:uid="{F1254774-93F9-4998-9BF6-616B7E0EB3E3}"/>
+    <hyperlink ref="H66" r:id="rId73" xr:uid="{6F9AFD62-18FD-4293-BF4F-F544791AA574}"/>
+    <hyperlink ref="G251" r:id="rId74" xr:uid="{99241A1B-1C5D-457C-8A11-5D1A61CE9932}"/>
+    <hyperlink ref="G272" r:id="rId75" xr:uid="{80EDC2DD-B989-4625-94E1-5675731C2CFA}"/>
+    <hyperlink ref="H272" r:id="rId76" xr:uid="{B8A369DB-926F-433F-8030-44D95DFDA236}"/>
+    <hyperlink ref="G121" r:id="rId77" xr:uid="{DE907855-68AB-45C2-A27F-E16BF262FAB1}"/>
+    <hyperlink ref="H121" r:id="rId78" xr:uid="{C0594FEB-6C4C-46D0-ADD4-DE9DA175D5BC}"/>
+    <hyperlink ref="H146" r:id="rId79" xr:uid="{EFA1A080-2824-4890-AAD8-9900509186D8}"/>
+    <hyperlink ref="G136" r:id="rId80" xr:uid="{F6034621-ECC4-478A-A61E-B384CE18F8E1}"/>
+    <hyperlink ref="H136" r:id="rId81" xr:uid="{7059902C-5E91-4CFB-A9B8-F9E77EFBB0F6}"/>
+    <hyperlink ref="G115" r:id="rId82" xr:uid="{8CEEB45B-3071-4C1B-9BA5-F4FFCDFA5B9D}"/>
+    <hyperlink ref="H118" r:id="rId83" xr:uid="{A389727C-D033-4826-AC5B-191BE12790D5}"/>
+    <hyperlink ref="G99" r:id="rId84" xr:uid="{1B32064F-FA03-4EA7-958B-4C0CDBB1C2B5}"/>
+    <hyperlink ref="G89" r:id="rId85" xr:uid="{258EAE87-14BA-460C-9C31-C30B43B4F6FD}"/>
+    <hyperlink ref="G105" r:id="rId86" xr:uid="{5A2AA31E-B42C-4193-8E9C-B6E6C4634FD8}"/>
+    <hyperlink ref="H105" r:id="rId87" xr:uid="{ADB0624D-35A2-4BBD-8E7E-F748C0DCD3F0}"/>
+    <hyperlink ref="G130" r:id="rId88" xr:uid="{C14BAA49-CB23-4DA6-93BE-E62771972F24}"/>
+    <hyperlink ref="G229" r:id="rId89" xr:uid="{9889BE12-8362-4852-AB22-D4ABAE57232E}"/>
+    <hyperlink ref="G233" r:id="rId90" xr:uid="{63BCF0A7-DA89-41C5-9920-A68D921AEB21}"/>
+    <hyperlink ref="H58" r:id="rId91" xr:uid="{42138A5C-4077-4C30-8155-0DCE2C2F875D}"/>
+    <hyperlink ref="G10" r:id="rId92" xr:uid="{DFC81104-5EE2-43F1-A042-C5056B0EE58A}"/>
+    <hyperlink ref="H10" r:id="rId93" xr:uid="{2C47DA69-BAAF-454A-9262-E358484569C8}"/>
+    <hyperlink ref="G212" r:id="rId94" xr:uid="{F4047883-86BA-46ED-8ADD-E6B0028D3017}"/>
+    <hyperlink ref="G210" r:id="rId95" xr:uid="{2E652BD4-4FE0-4710-9F28-C129B68E020E}"/>
+    <hyperlink ref="G67" r:id="rId96" xr:uid="{0938FE46-BCAD-42F7-BBA0-E3A65D9DCCBC}"/>
+    <hyperlink ref="H67" r:id="rId97" xr:uid="{249CA6A7-017B-46DB-9CC7-A0A76DDC8069}"/>
+    <hyperlink ref="G189" r:id="rId98" xr:uid="{CAE64807-B434-4C64-B868-183629E12BA3}"/>
     <hyperlink ref="G5" r:id="rId99" xr:uid="{DFA5AB10-DE95-4B53-A30D-5961978173BD}"/>
-    <hyperlink ref="G17" r:id="rId100" xr:uid="{7DC10300-AC8F-4A42-BCA9-F74E3CF0403E}"/>
-[...294 lines deleted...]
-    <hyperlink ref="G278" r:id="rId395" xr:uid="{0EBACB5B-4000-4BDF-B255-3B7673A5E74C}"/>
+    <hyperlink ref="G16" r:id="rId100" xr:uid="{7DC10300-AC8F-4A42-BCA9-F74E3CF0403E}"/>
+    <hyperlink ref="H39" r:id="rId101" xr:uid="{A9AD7631-6B26-4E93-B19F-B2F673C8B732}"/>
+    <hyperlink ref="G254" r:id="rId102" xr:uid="{1E7AC7C7-1D5D-47E3-9586-946283B50889}"/>
+    <hyperlink ref="H174" r:id="rId103" xr:uid="{B5C6FB6F-A17B-4E7B-8DC9-FFC12F2D6088}"/>
+    <hyperlink ref="H95" r:id="rId104" xr:uid="{8AB07E70-0F3D-4C67-B6F9-01C459C04B1D}"/>
+    <hyperlink ref="G95" r:id="rId105" xr:uid="{C6779444-5E53-46E9-8713-9063C930F5CB}"/>
+    <hyperlink ref="G82" r:id="rId106" xr:uid="{EDC4E54F-9652-4313-AC70-20AFBD87A3B2}"/>
+    <hyperlink ref="H82" r:id="rId107" xr:uid="{7019D998-0058-44C9-8E0D-AFAA4EBFEA4C}"/>
+    <hyperlink ref="G26" r:id="rId108" xr:uid="{EB8C21D8-68E8-4191-A796-AEA5A026F948}"/>
+    <hyperlink ref="G51" r:id="rId109" xr:uid="{9FD49750-BF27-4003-B6EC-A2F1534006FD}"/>
+    <hyperlink ref="G193" r:id="rId110" xr:uid="{C5E64872-38E8-4014-88CA-59012ACA859E}"/>
+    <hyperlink ref="H193" r:id="rId111" xr:uid="{A56A0599-D69B-419B-8640-EF0B42C3BD83}"/>
+    <hyperlink ref="G192" r:id="rId112" xr:uid="{BE838A5E-E9E4-45EC-BD13-A2A6ACE95F92}"/>
+    <hyperlink ref="H192" r:id="rId113" xr:uid="{FA3B6934-4D41-4378-B726-F4F9BA16B8FF}"/>
+    <hyperlink ref="G191" r:id="rId114" xr:uid="{A1B00AB9-4D22-490F-AFCD-A4BF72C3F0C4}"/>
+    <hyperlink ref="H191" r:id="rId115" xr:uid="{E4BC915E-768E-489F-A682-3C68491484BD}"/>
+    <hyperlink ref="G184" r:id="rId116" xr:uid="{794380BE-F608-4EAC-B816-D4042E040C54}"/>
+    <hyperlink ref="G175" r:id="rId117" xr:uid="{1660F585-5AD9-4982-AB56-1B1612247A68}"/>
+    <hyperlink ref="G176" r:id="rId118" xr:uid="{61F358C7-3EFD-4BB0-AEEE-4C1112D2DE19}"/>
+    <hyperlink ref="H180" r:id="rId119" xr:uid="{AF67E512-548D-415A-B936-6FD1DD675F70}"/>
+    <hyperlink ref="H271" r:id="rId120" xr:uid="{7103F8C1-22FF-44A6-9FF7-FB1DDFBD0E54}"/>
+    <hyperlink ref="G182" r:id="rId121" xr:uid="{38E70BC2-3293-45CD-A111-A6746B10A848}"/>
+    <hyperlink ref="H182" r:id="rId122" xr:uid="{58D5C4A8-4279-4B70-9EAE-356F6C4FA4F1}"/>
+    <hyperlink ref="G173" r:id="rId123" xr:uid="{DC6A60FD-436F-4347-8A34-BC18B3B1D595}"/>
+    <hyperlink ref="H173" r:id="rId124" xr:uid="{E37D9AD2-7031-4A1D-809B-A20E7070D262}"/>
+    <hyperlink ref="H181" r:id="rId125" xr:uid="{342AED8A-0D94-4A74-8E26-4B1325763700}"/>
+    <hyperlink ref="G200" r:id="rId126" xr:uid="{BDFAA49D-0381-4C2E-9178-F7F0A2996D58}"/>
+    <hyperlink ref="H200" r:id="rId127" xr:uid="{9B8776F0-8D39-4054-8AE2-EE76B64BFAC9}"/>
+    <hyperlink ref="G141" r:id="rId128" xr:uid="{775D2978-8436-4F82-B97A-C031FC6A3A60}"/>
+    <hyperlink ref="H230" r:id="rId129" xr:uid="{AF78D313-4C03-4AD1-A110-4CB682DCF41D}"/>
+    <hyperlink ref="G33" r:id="rId130" xr:uid="{06961529-A89C-4C41-9037-25E4D4A76708}"/>
+    <hyperlink ref="H33" r:id="rId131" display="www.certicoord.be" xr:uid="{37D0AAF3-C11C-441F-89A6-A2DDCF5A7D9D}"/>
+    <hyperlink ref="G7" r:id="rId132" xr:uid="{2F0C6001-E3F9-4F61-B280-FCB51EDD6AF0}"/>
+    <hyperlink ref="H7" r:id="rId133" xr:uid="{E44601C4-90EB-4048-BAA6-474F855707CB}"/>
+    <hyperlink ref="G91" r:id="rId134" xr:uid="{3042926E-0BE5-42F9-A313-3FBC16CAAAC8}"/>
+    <hyperlink ref="H91" r:id="rId135" xr:uid="{37D644E6-1FC3-445F-A29E-936F289450D0}"/>
+    <hyperlink ref="G85" r:id="rId136" xr:uid="{68B18DE0-6493-46B3-A220-08C1069C6671}"/>
+    <hyperlink ref="G185" r:id="rId137" xr:uid="{D48354FE-C2C3-4DF0-81D3-1B6CA944A683}"/>
+    <hyperlink ref="G186" r:id="rId138" xr:uid="{D3E70DB9-7B09-4853-B7F8-4EC28151D952}"/>
+    <hyperlink ref="H186" r:id="rId139" xr:uid="{7013C695-A78F-4B79-961C-C1A55E48F387}"/>
+    <hyperlink ref="G195" r:id="rId140" xr:uid="{31D820D9-116E-469C-9C2D-CF8ED6477B27}"/>
+    <hyperlink ref="G108" r:id="rId141" xr:uid="{1B1C2336-CC17-46A3-A4F5-0E1E5E66C9CD}"/>
+    <hyperlink ref="G28" r:id="rId142" xr:uid="{F7688480-256D-4BC6-B16C-082C789E31C4}"/>
+    <hyperlink ref="G152" r:id="rId143" xr:uid="{92F0E0DB-0FD9-4F3D-B258-54977E789232}"/>
+    <hyperlink ref="H152" r:id="rId144" xr:uid="{9CACB08F-833A-47EA-A5E9-AE41CC518A24}"/>
+    <hyperlink ref="G52" r:id="rId145" xr:uid="{1B8EF2EF-4FC7-4489-99E0-2F55F916AB72}"/>
+    <hyperlink ref="H52" r:id="rId146" xr:uid="{B132DB17-530D-49A3-B06F-4E73D2761E34}"/>
+    <hyperlink ref="G132" r:id="rId147" xr:uid="{3BF109CB-9161-45C0-8381-544AAF3D8F41}"/>
+    <hyperlink ref="G252" r:id="rId148" xr:uid="{F8B906A1-72E5-4F28-8662-8B2B891270C6}"/>
+    <hyperlink ref="G246" r:id="rId149" xr:uid="{13BF9022-D4F0-4D54-AEAF-088F2A779EF7}"/>
+    <hyperlink ref="G239" r:id="rId150" xr:uid="{C1C9D010-C9EE-43BE-B87B-6120955F48D8}"/>
+    <hyperlink ref="H239" r:id="rId151" xr:uid="{6E29073B-3B71-413A-AA8E-926F7D17B725}"/>
+    <hyperlink ref="G242" r:id="rId152" xr:uid="{81F6D6B8-34FC-44AA-A8D5-5C0541FDB15E}"/>
+    <hyperlink ref="H242" r:id="rId153" xr:uid="{7FF103CD-6D81-42D6-8694-032DB33CD2F9}"/>
+    <hyperlink ref="G69" r:id="rId154" xr:uid="{7563CE5D-F76F-4A76-917B-507FC4D21013}"/>
+    <hyperlink ref="G264" r:id="rId155" xr:uid="{1B4C5798-D8E3-4AE4-ACFF-F8FB33144EAD}"/>
+    <hyperlink ref="G135" r:id="rId156" xr:uid="{F109575A-1291-4683-8EB4-D23ABDC45E4B}"/>
+    <hyperlink ref="H135" r:id="rId157" xr:uid="{079E8C65-9E90-4C87-99CE-3A1F6E8033E4}"/>
+    <hyperlink ref="G204" r:id="rId158" xr:uid="{F0077E2C-09C3-4D04-B849-07B4EE907543}"/>
+    <hyperlink ref="G225" r:id="rId159" xr:uid="{8966E3BA-6684-4467-B243-E204F162B044}"/>
+    <hyperlink ref="G249" r:id="rId160" xr:uid="{A34C45E1-FEBC-47FF-85C7-326011BFD197}"/>
+    <hyperlink ref="G255" r:id="rId161" xr:uid="{D7CC83A0-7B05-47A2-9409-8C648C2BB1F0}"/>
+    <hyperlink ref="H255" r:id="rId162" xr:uid="{C32716A0-53F3-4597-A2B1-EEB6D4993BBE}"/>
+    <hyperlink ref="G237" r:id="rId163" xr:uid="{DC329B56-D249-4CE9-8A12-B657C255CF47}"/>
+    <hyperlink ref="G262" r:id="rId164" xr:uid="{93605158-476C-421B-AE53-A95C156FE679}"/>
+    <hyperlink ref="H262" r:id="rId165" xr:uid="{AF5A6050-26FC-46DB-B10E-FDF791E9BBAA}"/>
+    <hyperlink ref="H90" r:id="rId166" xr:uid="{B9C26C8C-E34A-4369-B14E-B462E5027FD0}"/>
+    <hyperlink ref="H68" r:id="rId167" xr:uid="{2D078B05-094D-4971-B6C8-7F2F8B924ACD}"/>
+    <hyperlink ref="G92" r:id="rId168" xr:uid="{B41D3DD1-3B26-4898-9F71-139FB26D5BAA}"/>
+    <hyperlink ref="H92" r:id="rId169" xr:uid="{8CFB641B-A9C7-422D-A35D-EE1A9786D9BD}"/>
+    <hyperlink ref="H201" r:id="rId170" xr:uid="{B3397639-2047-4DC8-B04A-308D8A62E584}"/>
+    <hyperlink ref="G80" r:id="rId171" xr:uid="{9BADA39C-3A29-411D-BE77-7D9D7D8A8312}"/>
+    <hyperlink ref="G90" r:id="rId172" xr:uid="{9CD5761C-E158-4E3C-992B-D6F2B44AA799}"/>
+    <hyperlink ref="G29" r:id="rId173" xr:uid="{0FF33CCB-CD32-4141-9337-DDC72E10FAC5}"/>
+    <hyperlink ref="H29" r:id="rId174" xr:uid="{AA8DCA01-F331-46FF-AFFC-B10507DF080F}"/>
+    <hyperlink ref="G241" r:id="rId175" xr:uid="{DB269377-8C45-4F54-AA81-AA5FB2835753}"/>
+    <hyperlink ref="G137" r:id="rId176" xr:uid="{4F3595DA-E71C-4B8D-9696-C03161688903}"/>
+    <hyperlink ref="H137" r:id="rId177" xr:uid="{58E11468-46C9-4D72-A047-305A3938DEE7}"/>
+    <hyperlink ref="G177" r:id="rId178" xr:uid="{289EFCAD-C3CF-4934-ACC9-FBC8E1017F78}"/>
+    <hyperlink ref="H177" r:id="rId179" xr:uid="{FEDE5353-74DC-442F-9A09-138A1B8773DE}"/>
+    <hyperlink ref="G190" r:id="rId180" xr:uid="{002B205A-3316-47AF-814E-F2953280C4F5}"/>
+    <hyperlink ref="H190" r:id="rId181" xr:uid="{31E19EA4-8FA3-426D-B4A9-2A584AC00563}"/>
+    <hyperlink ref="G208" r:id="rId182" xr:uid="{1236BFF2-8A66-450B-81BE-05DB874C4154}"/>
+    <hyperlink ref="H208" r:id="rId183" xr:uid="{86383D93-8099-4662-8220-8F034AD2ACDB}"/>
+    <hyperlink ref="G43" r:id="rId184" xr:uid="{2172FBE2-03F5-4346-BF1B-42CAFCCACF95}"/>
+    <hyperlink ref="G126" r:id="rId185" xr:uid="{E004794A-9837-4139-92C2-354ADC767F88}"/>
+    <hyperlink ref="H106" r:id="rId186" xr:uid="{8D5C60B1-3AF3-4A59-9312-2D2BF4BE5547}"/>
+    <hyperlink ref="H168" r:id="rId187" xr:uid="{90F21DA9-814D-4217-B755-03578882AE1B}"/>
+    <hyperlink ref="H109" r:id="rId188" xr:uid="{7AC0FAF6-B692-4120-B49F-62C068AE9635}"/>
+    <hyperlink ref="G46" r:id="rId189" xr:uid="{1FD15A2E-7C06-49A7-9048-C2AD3466D23E}"/>
+    <hyperlink ref="H46" r:id="rId190" xr:uid="{FC7BE92D-9502-4DD6-9A1D-2D8A30CA2830}"/>
+    <hyperlink ref="G83" r:id="rId191" xr:uid="{4B58B2A8-D08E-432B-BE6A-89AC607002F4}"/>
+    <hyperlink ref="H83" r:id="rId192" xr:uid="{FBDA4D24-BF65-4994-B224-7B33E61E1E1D}"/>
+    <hyperlink ref="G223" r:id="rId193" xr:uid="{F7E22D2D-BD3F-4D5D-9565-11ADFB7FBB02}"/>
+    <hyperlink ref="H223" r:id="rId194" xr:uid="{8278F650-3254-4155-98EE-240CE3F0BD84}"/>
+    <hyperlink ref="G161" r:id="rId195" xr:uid="{74EDB4D0-28F5-4871-A4C5-F9BF2DBE0FF2}"/>
+    <hyperlink ref="H161" r:id="rId196" xr:uid="{C23A7B22-D584-4749-B1D6-91861E097A2B}"/>
+    <hyperlink ref="H153" r:id="rId197" xr:uid="{1CBF3912-8537-48D1-86A7-C8FED407B668}"/>
+    <hyperlink ref="G217" r:id="rId198" xr:uid="{5762C883-F875-43DF-94FF-2BF9AF461AB7}"/>
+    <hyperlink ref="H217" r:id="rId199" xr:uid="{FD70C822-BF3A-4EBC-9E71-3AEA5411698E}"/>
+    <hyperlink ref="G238" r:id="rId200" xr:uid="{A4273189-ECA0-4EE4-9337-D082CD487F65}"/>
+    <hyperlink ref="G226" r:id="rId201" xr:uid="{42381658-B703-4AA5-9F2F-2A29CD3BC7E2}"/>
+    <hyperlink ref="G227" r:id="rId202" xr:uid="{F80D9A9B-BEB0-4400-A933-99C946B5A4FB}"/>
+    <hyperlink ref="G253" r:id="rId203" xr:uid="{CD2F767B-FCEE-4370-A315-D78AD0AEA221}"/>
+    <hyperlink ref="G107" r:id="rId204" xr:uid="{2CCFBBEE-1111-4437-87B6-018B1DFFFD1D}"/>
+    <hyperlink ref="G148" r:id="rId205" xr:uid="{C772A7D0-CBA6-4242-8DB1-9CA95EF3D300}"/>
+    <hyperlink ref="H148" r:id="rId206" xr:uid="{C73754D5-C80D-4262-B270-896524BD0F75}"/>
+    <hyperlink ref="G12" r:id="rId207" xr:uid="{F253A54A-FAEF-4A02-9446-4D598A3457D2}"/>
+    <hyperlink ref="H12" r:id="rId208" xr:uid="{BA41F9D0-3AA0-4B62-9BB7-B89D928070F9}"/>
+    <hyperlink ref="G228" r:id="rId209" xr:uid="{53C5FB0B-701F-4242-A106-C17007B24661}"/>
+    <hyperlink ref="G70" r:id="rId210" xr:uid="{F6C03227-836F-499F-A65D-D24AA86D8016}"/>
+    <hyperlink ref="H27" r:id="rId211" xr:uid="{B907AD92-E0D3-4134-9F6B-5C65F08BB31E}"/>
+    <hyperlink ref="G27" r:id="rId212" display="mailto:charles@charles-lucas.com" xr:uid="{A4AFED03-77BD-495C-9C04-BBF08C2494CF}"/>
+    <hyperlink ref="G240" r:id="rId213" xr:uid="{0BC262BA-DA56-462F-ABEC-4C0A19E9197B}"/>
+    <hyperlink ref="G55" r:id="rId214" xr:uid="{D9AFA2F1-219F-4EC2-A841-E86C7303844F}"/>
+    <hyperlink ref="G48" r:id="rId215" xr:uid="{94017E5E-0FE0-47DA-A90C-0AAD7F2FA64E}"/>
+    <hyperlink ref="G73" r:id="rId216" xr:uid="{098269DD-6A60-4B80-9206-2A308D5A334A}"/>
+    <hyperlink ref="G86" r:id="rId217" xr:uid="{2FBBEB0C-340C-41F7-AD90-C8A2D5B04A48}"/>
+    <hyperlink ref="G81" r:id="rId218" xr:uid="{7725A040-DF95-4C57-AA70-80164722152C}"/>
+    <hyperlink ref="H81" r:id="rId219" xr:uid="{6AEA5156-A557-4520-B7DA-2AC72EA9E382}"/>
+    <hyperlink ref="G159" r:id="rId220" xr:uid="{39C98270-A154-4745-B5F2-82FAF540B4B8}"/>
+    <hyperlink ref="G127" r:id="rId221" xr:uid="{6C4CB4D7-E448-4E19-82CA-BDB3BF844BA8}"/>
+    <hyperlink ref="G206" r:id="rId222" xr:uid="{BD85041D-8081-4A85-930F-728ECB86DFC4}"/>
+    <hyperlink ref="G167" r:id="rId223" xr:uid="{197B340A-E553-43F1-B606-0C6315BD2678}"/>
+    <hyperlink ref="G169" r:id="rId224" xr:uid="{2B0CA82C-9FFE-4DCA-9CCC-0DAABE90459B}"/>
+    <hyperlink ref="H169" r:id="rId225" xr:uid="{B14600CC-4B30-4DE8-A006-7FBD124EBD78}"/>
+    <hyperlink ref="H154" r:id="rId226" xr:uid="{3C773361-9D6D-4156-ACBB-2066E1E0CEDC}"/>
+    <hyperlink ref="G197" r:id="rId227" xr:uid="{13FFC60C-FB06-434B-94EA-5FF6C2ED17D5}"/>
+    <hyperlink ref="G41" r:id="rId228" xr:uid="{D9BF314C-C473-4776-869F-795DB642BC29}"/>
+    <hyperlink ref="G166" r:id="rId229" xr:uid="{BD762D86-BEB9-43BA-A17D-90DF729C15EB}"/>
+    <hyperlink ref="G102" r:id="rId230" xr:uid="{346B14F8-31BA-4501-8904-BB86BAF4F888}"/>
+    <hyperlink ref="H102" r:id="rId231" xr:uid="{95E646A4-2024-4896-87CB-E40CD7A3DFFC}"/>
+    <hyperlink ref="G84" r:id="rId232" xr:uid="{46277144-6AF8-4521-9D1A-84DC03A08C13}"/>
+    <hyperlink ref="G54" r:id="rId233" xr:uid="{155E7FAF-7983-4CB8-84A7-6A8F4811AD5A}"/>
+    <hyperlink ref="H54" r:id="rId234" xr:uid="{00E86747-7463-47A8-85E4-FE6A1C66A3AE}"/>
+    <hyperlink ref="G87" r:id="rId235" xr:uid="{DC1628AA-77AC-406A-B06A-16AC37ECE80B}"/>
+    <hyperlink ref="H87" r:id="rId236" xr:uid="{7B790A34-AE3B-44FD-950D-38875A1FC879}"/>
+    <hyperlink ref="G88" r:id="rId237" xr:uid="{58101AE2-9802-46AE-A8DF-14E74FDC5508}"/>
+    <hyperlink ref="G30" r:id="rId238" xr:uid="{A6D7A9D6-A05E-447A-8FEF-1A9845D996D0}"/>
+    <hyperlink ref="H30" r:id="rId239" xr:uid="{7A1DF66C-A593-4711-9A79-000386B5F22C}"/>
+    <hyperlink ref="G59" r:id="rId240" xr:uid="{F5619D69-312D-4024-9F42-10EB9B00AE1C}"/>
+    <hyperlink ref="G247" r:id="rId241" xr:uid="{7FD2CDE0-2916-475E-A796-EEBB732DB35D}"/>
+    <hyperlink ref="H247" r:id="rId242" xr:uid="{EBB92FBE-F94F-4BC6-BAEB-176CDE7214AC}"/>
+    <hyperlink ref="G231" r:id="rId243" xr:uid="{9BCA62A3-D153-477D-B2B5-712D0A3AE696}"/>
+    <hyperlink ref="G268" r:id="rId244" xr:uid="{9B922441-8D40-404F-AB50-EABFFE525314}"/>
+    <hyperlink ref="H268" r:id="rId245" xr:uid="{1BB6F6BC-22A0-4B05-91FB-B4671923B9C0}"/>
+    <hyperlink ref="G60" r:id="rId246" xr:uid="{06C16C83-2C45-447E-B9B8-B29DE0250721}"/>
+    <hyperlink ref="G8" r:id="rId247" xr:uid="{AAA0162A-4DE3-4369-A197-6012F4396FCB}"/>
+    <hyperlink ref="H8" r:id="rId248" xr:uid="{C7233ED8-2828-405E-8FD5-7F20A11FAC96}"/>
+    <hyperlink ref="G32" r:id="rId249" xr:uid="{E9EC6FA2-C647-433F-9A21-1961291DAF4E}"/>
+    <hyperlink ref="H32" r:id="rId250" xr:uid="{228ECE08-AD92-4D28-9B54-754DB476A348}"/>
+    <hyperlink ref="G61" r:id="rId251" xr:uid="{AB076D88-6AE4-4934-9AA9-59BE324F6994}"/>
+    <hyperlink ref="G104" r:id="rId252" display="mailto:fcroes@vincotte.be" xr:uid="{9DA784FD-9DBB-4D28-9489-8AF808E86627}"/>
+    <hyperlink ref="H104" r:id="rId253" xr:uid="{BE0F39F2-7758-4DC6-92D8-5D1FAF8C565B}"/>
+    <hyperlink ref="G110" r:id="rId254" xr:uid="{F1E4D8B2-6BEB-4551-A62C-63565A485593}"/>
+    <hyperlink ref="G31" r:id="rId255" xr:uid="{E1D2489D-6954-4A5B-AFBA-CE97E97561E9}"/>
+    <hyperlink ref="G138" r:id="rId256" xr:uid="{015EDA4F-1CD3-4DC0-BCC6-444745909163}"/>
+    <hyperlink ref="G179" r:id="rId257" xr:uid="{2F39898A-523D-47EB-881D-A784CFD00F20}"/>
+    <hyperlink ref="H179" r:id="rId258" xr:uid="{74F180F7-DE96-4876-93F2-38AE0E62E766}"/>
+    <hyperlink ref="G232" r:id="rId259" xr:uid="{6E529E73-6189-4FC8-8284-48083E3B1DC2}"/>
+    <hyperlink ref="G178" r:id="rId260" xr:uid="{93958340-16BA-4233-850B-49B2E679DBEB}"/>
+    <hyperlink ref="H178" r:id="rId261" xr:uid="{731F2989-B0EF-48BA-A612-FA90C2B922C3}"/>
+    <hyperlink ref="G162" r:id="rId262" xr:uid="{CB43F221-A5D7-4AA0-A712-AF318BBCC7A3}"/>
+    <hyperlink ref="H144" r:id="rId263" xr:uid="{72C799B9-EEFA-4598-B532-395E5AE54AAA}"/>
+    <hyperlink ref="G183" r:id="rId264" xr:uid="{B42626E2-1F79-426C-ACD0-8BCD76449873}"/>
+    <hyperlink ref="G164" r:id="rId265" xr:uid="{EA14E6E2-6D04-447B-986A-4DFB3878A41D}"/>
+    <hyperlink ref="H164" r:id="rId266" xr:uid="{4E14A1E3-8637-4622-9BC0-E12E722EF0F5}"/>
+    <hyperlink ref="G123" r:id="rId267" xr:uid="{CD2227A1-D7FF-464A-9BD7-4B1CB9A9AD87}"/>
+    <hyperlink ref="H123" r:id="rId268" xr:uid="{C7AF9206-C7A6-4713-8418-A58BAE8D5055}"/>
+    <hyperlink ref="G243" r:id="rId269" xr:uid="{DEB76011-9285-4477-9907-42857E9F0673}"/>
+    <hyperlink ref="H243" r:id="rId270" xr:uid="{1FE59FF4-8F1E-4CCD-ACEE-6BA5D86A3F2F}"/>
+    <hyperlink ref="G93" r:id="rId271" xr:uid="{695EAEDA-45EA-4E5B-9969-FBC54B059312}"/>
+    <hyperlink ref="G57" r:id="rId272" display="mailto:info@rjsolutions.be" xr:uid="{52302A1E-5B71-4FA5-AADB-9021FF42300B}"/>
+    <hyperlink ref="H57" r:id="rId273" xr:uid="{97AF4099-26F6-4867-8D03-BD7AF03C7C26}"/>
+    <hyperlink ref="G113" r:id="rId274" xr:uid="{8A8A7535-2C65-4834-8A58-3E646262288B}"/>
+    <hyperlink ref="G14" r:id="rId275" xr:uid="{D7EC2BF9-FC2B-4D0F-8784-27185B08D73C}"/>
+    <hyperlink ref="H14" r:id="rId276" xr:uid="{D8BB6A8C-1738-4B6A-B892-CD8CDA6791AD}"/>
+    <hyperlink ref="G119" r:id="rId277" xr:uid="{7A13453F-0DC9-49E5-A921-3C9252E2D24B}"/>
+    <hyperlink ref="H119" r:id="rId278" xr:uid="{4DCBEA03-B733-461B-99B8-1526A7BA1645}"/>
+    <hyperlink ref="G150" r:id="rId279" xr:uid="{802D3FAF-33EF-448E-A749-21B02F6CD313}"/>
+    <hyperlink ref="H150" r:id="rId280" xr:uid="{442B9642-1BB1-4DAD-9694-5A533F9D15D5}"/>
+    <hyperlink ref="H11" r:id="rId281" xr:uid="{642D8307-27B9-4B16-814B-D2D2D69BFEDC}"/>
+    <hyperlink ref="G11" r:id="rId282" xr:uid="{495BE224-036B-4BA3-9704-DA773ED5FB6D}"/>
+    <hyperlink ref="G156" r:id="rId283" xr:uid="{ED4464C3-E34F-4189-BB0C-16E660385C36}"/>
+    <hyperlink ref="G274" r:id="rId284" xr:uid="{1811ED90-B2C7-48D1-A0DD-2D19B8F7C119}"/>
+    <hyperlink ref="H274" r:id="rId285" xr:uid="{04E3247C-DC57-4D46-9709-05871B22970A}"/>
+    <hyperlink ref="G44" r:id="rId286" xr:uid="{242D86C7-A27F-4E5D-8633-EDE59DCCF179}"/>
+    <hyperlink ref="G53" r:id="rId287" xr:uid="{D84570AA-B3D8-48C3-AF75-4B81831B34B3}"/>
+    <hyperlink ref="G75" r:id="rId288" xr:uid="{48B2BFD5-D0A5-429B-8E1D-474D9A31F0FE}"/>
+    <hyperlink ref="H75" r:id="rId289" xr:uid="{6D795337-93EA-4929-8EF3-D1A8DAC1277C}"/>
+    <hyperlink ref="G187" r:id="rId290" xr:uid="{6862F558-C47B-477B-9156-42C94B3D496E}"/>
+    <hyperlink ref="G17" r:id="rId291" xr:uid="{45FFAC53-54FC-4DFA-A2DF-30225F77C068}"/>
+    <hyperlink ref="H17" r:id="rId292" xr:uid="{B8EB036D-9FF7-48FE-974B-EB86A9D94555}"/>
+    <hyperlink ref="G216" r:id="rId293" xr:uid="{117E49B0-76B2-40A7-939A-52AEB02D9202}"/>
+    <hyperlink ref="G273" r:id="rId294" xr:uid="{818B705F-24C8-497F-99FB-28A7504E6D4E}"/>
+    <hyperlink ref="G24" r:id="rId295" xr:uid="{891C7E85-109D-4FA5-B11A-5D55D3FEA0C0}"/>
+    <hyperlink ref="G19" r:id="rId296" xr:uid="{9874134D-5A52-4F19-842D-C3D8005C23AA}"/>
+    <hyperlink ref="H114" r:id="rId297" xr:uid="{EEA1A4AB-1B0D-45B4-A382-3D77116E8D56}"/>
+    <hyperlink ref="G114" r:id="rId298" xr:uid="{0558512D-B594-43EC-B307-E67D3F69DB27}"/>
+    <hyperlink ref="G37" r:id="rId299" xr:uid="{CC10A9C4-43A7-4E2E-B51D-FF306B28A31D}"/>
+    <hyperlink ref="G45" r:id="rId300" xr:uid="{17F8B624-252B-4B94-BA34-0C1ECCEC04FD}"/>
+    <hyperlink ref="H45" r:id="rId301" xr:uid="{90F7475E-B33D-4DDB-B499-98D8E967DC5D}"/>
+    <hyperlink ref="H172" r:id="rId302" xr:uid="{E334EAD6-BD98-41EB-BA05-10CA7C8E57F7}"/>
+    <hyperlink ref="G129" r:id="rId303" xr:uid="{EFAEE57F-CDDB-49C2-BEFA-04CB8FD926EB}"/>
+    <hyperlink ref="G103" r:id="rId304" xr:uid="{9540FF39-6647-40E5-B0B3-EFFCF3DA3963}"/>
+    <hyperlink ref="G258" r:id="rId305" xr:uid="{8A721AC4-D8FA-4567-B60B-9CD4AA84B12F}"/>
+    <hyperlink ref="G271" r:id="rId306" xr:uid="{704148E6-523C-40DA-AF46-794B03DABB46}"/>
+    <hyperlink ref="G270" r:id="rId307" xr:uid="{939A4B67-047E-4544-AABC-84E861ED6044}"/>
+    <hyperlink ref="G267" r:id="rId308" xr:uid="{B7247F89-A3BD-4233-9D0D-0CF1DA8EFC4E}"/>
+    <hyperlink ref="G266" r:id="rId309" xr:uid="{574E1DA7-9485-47CF-BA33-F858D75B1441}"/>
+    <hyperlink ref="G260" r:id="rId310" xr:uid="{47C5F7E0-4258-4681-8C62-656E618B15E0}"/>
+    <hyperlink ref="H258" r:id="rId311" xr:uid="{3BC7E91D-AD91-4E14-AD0E-12A35202AA02}"/>
+    <hyperlink ref="G235" r:id="rId312" xr:uid="{E9AA09E3-F433-4161-AF22-F85F6F15E05E}"/>
+    <hyperlink ref="G230" r:id="rId313" xr:uid="{ECE22E76-FB1D-4640-9746-28B9DBA7C97E}"/>
+    <hyperlink ref="G209" r:id="rId314" xr:uid="{DE3ED740-48EE-4B04-886D-C4A38AF0063A}"/>
+    <hyperlink ref="H205" r:id="rId315" xr:uid="{CAFB2FBD-8BC8-4113-99EE-8863E72BEB3C}"/>
+    <hyperlink ref="G202" r:id="rId316" xr:uid="{44A54F7A-CA59-44A6-BA2F-1224F9ED9EB7}"/>
+    <hyperlink ref="G199" r:id="rId317" xr:uid="{AF0E0514-2D65-46C2-BC01-BDA0BFB93C82}"/>
+    <hyperlink ref="G198" r:id="rId318" xr:uid="{9F3F68D2-43BB-4985-8D1F-4DFBF32CB5CB}"/>
+    <hyperlink ref="G180" r:id="rId319" xr:uid="{75806878-31E3-4301-84FF-80A1951CA45B}"/>
+    <hyperlink ref="G174" r:id="rId320" xr:uid="{A6110008-C0CB-4941-883D-FC046B27B48F}"/>
+    <hyperlink ref="G172" r:id="rId321" xr:uid="{D8C3C27C-3639-4D33-9035-A7399F010738}"/>
+    <hyperlink ref="G168" r:id="rId322" xr:uid="{6D148D62-9D8A-45D5-A74F-0503393B9CA5}"/>
+    <hyperlink ref="G165" r:id="rId323" xr:uid="{70B0DED5-9A24-45B5-AF0E-39A6FD5320D8}"/>
+    <hyperlink ref="G160" r:id="rId324" xr:uid="{DB81CF83-7EC1-4470-BB17-2E417639821E}"/>
+    <hyperlink ref="G158" r:id="rId325" xr:uid="{599AFDD7-D273-416B-BC14-2D0D3B23AE3C}"/>
+    <hyperlink ref="G157" r:id="rId326" xr:uid="{2C59B4C0-EDBD-44E6-8D14-054A9BCBFD05}"/>
+    <hyperlink ref="G155" r:id="rId327" xr:uid="{89A26B54-17C8-4591-B200-8F76EE22BF8B}"/>
+    <hyperlink ref="G151" r:id="rId328" xr:uid="{49D9CC7A-7D43-410C-8C02-5E8694F384F1}"/>
+    <hyperlink ref="G147" r:id="rId329" xr:uid="{6AC58D48-299B-4111-BF5F-D48EDC7EE154}"/>
+    <hyperlink ref="G144" r:id="rId330" xr:uid="{C68150E2-E123-4143-88BA-6091E534DD85}"/>
+    <hyperlink ref="G143" r:id="rId331" xr:uid="{9BBB5B80-4339-40D6-8890-038D36971665}"/>
+    <hyperlink ref="G142" r:id="rId332" xr:uid="{EEC30C3F-978D-45FE-8AAA-ABDC6D25AF8B}"/>
+    <hyperlink ref="G139" r:id="rId333" xr:uid="{C9B48669-B2F2-44E3-BD5A-ECFBD0D5A03C}"/>
+    <hyperlink ref="G125" r:id="rId334" xr:uid="{383EFD95-459D-47A5-B629-9066AD24754F}"/>
+    <hyperlink ref="G118" r:id="rId335" xr:uid="{1209D580-AC65-45A9-BC67-0F1AFD222DD0}"/>
+    <hyperlink ref="G111" r:id="rId336" xr:uid="{370052C4-E691-4967-B984-191CF263CE56}"/>
+    <hyperlink ref="G109" r:id="rId337" xr:uid="{F390C86B-0422-4902-B7C7-698BEECD6238}"/>
+    <hyperlink ref="G106" r:id="rId338" xr:uid="{C9C2980A-CA68-4630-A200-590ED63A7984}"/>
+    <hyperlink ref="G100" r:id="rId339" xr:uid="{5B7D580D-C584-433A-A952-171F16E8C80E}"/>
+    <hyperlink ref="G97" r:id="rId340" xr:uid="{137F91AC-2FC3-430A-B145-D63AE0608997}"/>
+    <hyperlink ref="G79" r:id="rId341" xr:uid="{64056F8D-1549-4B8E-A5F3-20C47C9877FE}"/>
+    <hyperlink ref="G78" r:id="rId342" xr:uid="{625D5D72-F66F-4B3A-80D8-1D2A00623AFE}"/>
+    <hyperlink ref="G68" r:id="rId343" xr:uid="{A2ACB350-873B-4850-87F5-B78813A45E9E}"/>
+    <hyperlink ref="G63" r:id="rId344" xr:uid="{C173868E-AF67-4F41-AAD1-C5145476BBF3}"/>
+    <hyperlink ref="G49" r:id="rId345" xr:uid="{020CD7D7-428C-4E9C-AD6B-F56494F68982}"/>
+    <hyperlink ref="G39" r:id="rId346" xr:uid="{849734E5-FE44-484B-93D1-FC166073963A}"/>
+    <hyperlink ref="G38" r:id="rId347" xr:uid="{31B598F8-04A6-494E-9959-9126787B3DD4}"/>
+    <hyperlink ref="H36" r:id="rId348" xr:uid="{A66560E8-109D-4F01-9A54-8C8E8B4E4EC6}"/>
+    <hyperlink ref="G15" r:id="rId349" xr:uid="{9F358ACE-C14C-44C0-8F5E-14FC63DB7680}"/>
+    <hyperlink ref="G13" r:id="rId350" xr:uid="{CD88D109-8E35-4937-AAE4-504906471ADD}"/>
+    <hyperlink ref="G9" r:id="rId351" xr:uid="{73F97DE7-399E-4FA9-A7B6-44B7B11CBFF9}"/>
+    <hyperlink ref="G6" r:id="rId352" xr:uid="{F888099B-D9BA-4727-8E94-16787CE2454C}"/>
+    <hyperlink ref="G4" r:id="rId353" xr:uid="{0BE64BB6-E6A0-465C-BFBE-F61FAD553FB1}"/>
+    <hyperlink ref="G56" r:id="rId354" xr:uid="{CF5806D1-4096-4DC8-BFCE-8CBC24BECCF6}"/>
+    <hyperlink ref="H56" r:id="rId355" xr:uid="{DE16FA7F-308E-490F-A808-ED2933FF9BD1}"/>
+    <hyperlink ref="H214" r:id="rId356" xr:uid="{746DA591-1E4D-4331-A032-07B512FF2E20}"/>
+    <hyperlink ref="H62" r:id="rId357" xr:uid="{5EAFCC79-2996-4BA9-99AF-B0D963532B91}"/>
+    <hyperlink ref="G94" r:id="rId358" xr:uid="{5FD2F36A-46E9-44A8-9CE6-AF6E8C761325}"/>
+    <hyperlink ref="H234" r:id="rId359" xr:uid="{519FC050-4CFA-4E33-A02D-C94A515FC3DD}"/>
+    <hyperlink ref="G269" r:id="rId360" xr:uid="{1CE24C80-9E87-444F-B64A-5BCC02480365}"/>
+    <hyperlink ref="G58" r:id="rId361" display="mailto:info@soniconsult.be" xr:uid="{0F7E62E6-C803-4592-9014-D2C71FA23424}"/>
+    <hyperlink ref="H248" r:id="rId362" xr:uid="{E37C8237-466C-4DCD-87D5-4127CB933C5A}"/>
+    <hyperlink ref="G248" r:id="rId363" xr:uid="{33982791-0A5B-458A-A87C-B15F75015634}"/>
+    <hyperlink ref="G131" r:id="rId364" xr:uid="{8FEBDD1C-41A8-49A5-9191-D8246D242242}"/>
+    <hyperlink ref="G194" r:id="rId365" xr:uid="{EF3F8371-DC41-4664-B6FE-34B8081D8BE3}"/>
+    <hyperlink ref="G145" r:id="rId366" xr:uid="{64B3FEE1-9102-4701-B4BF-D94AA39042CC}"/>
+    <hyperlink ref="H145" r:id="rId367" xr:uid="{9DFE08F1-FA4B-4F18-BAAE-3479DA2FBAFF}"/>
+    <hyperlink ref="G124" r:id="rId368" display="mailto:info@dlconsult.net" xr:uid="{A3F970F0-E6B4-4CF9-A5D3-65005E9803B9}"/>
+    <hyperlink ref="G218" r:id="rId369" xr:uid="{2093BD39-CA21-41FB-8E7B-AF7CEB295D94}"/>
+    <hyperlink ref="H218" r:id="rId370" xr:uid="{623AF0DB-1E2D-458C-9266-1431FCC724BB}"/>
+    <hyperlink ref="G122" r:id="rId371" xr:uid="{E836E5D4-859C-4156-BF55-4667C654D5ED}"/>
+    <hyperlink ref="G77" r:id="rId372" display="mailto:expert@xpertplus.be" xr:uid="{4A53C793-50F4-44D5-9A0E-898B3FC59AB2}"/>
+    <hyperlink ref="H263" r:id="rId373" xr:uid="{0E59545C-214F-4DE3-A5E9-F9C53FFF8039}"/>
+    <hyperlink ref="G263" r:id="rId374" xr:uid="{AD727988-C61C-473C-A6DF-6D19C2DD16F9}"/>
+    <hyperlink ref="H65" r:id="rId375" xr:uid="{3E80C161-B5C5-4632-A4CD-8A9C52C46C22}"/>
+    <hyperlink ref="H134" r:id="rId376" xr:uid="{481A01A2-5049-4282-8520-35377E50CF2A}"/>
+    <hyperlink ref="G134" r:id="rId377" xr:uid="{908B92D6-C6F0-480E-8751-92338CFE06DA}"/>
+    <hyperlink ref="G265" r:id="rId378" xr:uid="{0B4DDB29-0F52-40C0-AA6F-840F48DD3D3E}"/>
+    <hyperlink ref="G2" r:id="rId379" xr:uid="{153F614F-4BC6-4769-8192-BF5250316CA3}"/>
+    <hyperlink ref="G149" r:id="rId380" display="mailto:pro.mcbati@gmail.com" xr:uid="{76C0B760-FF1A-41EA-93AF-71ACEE8186A5}"/>
+    <hyperlink ref="H9" r:id="rId381" xr:uid="{CABEAB93-0CDE-45D1-8B92-49461406EC90}"/>
+    <hyperlink ref="G133" r:id="rId382" xr:uid="{B4CC3B72-9DE9-4F20-AC89-C8BDBBEA1338}"/>
+    <hyperlink ref="G275" r:id="rId383" xr:uid="{0EBACB5B-4000-4BDF-B255-3B7673A5E74C}"/>
+    <hyperlink ref="G256" r:id="rId384" xr:uid="{2A72BE90-7169-4568-9255-57F408E87EE2}"/>
+    <hyperlink ref="H256" r:id="rId385" xr:uid="{D91FEC38-C2F8-411B-ACA4-8361884E41FB}"/>
+    <hyperlink ref="H40" r:id="rId386" xr:uid="{09DB77E2-196E-49FB-9DED-A83F96F5AEB4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId396"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId387"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Source xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <Deactivation xmlns="90186c42-d59e-4b39-af25-ece5438424cf">No deactivation</Deactivation>
     <Remark xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <Topic xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
     <Document_x0020_status xmlns="90186c42-d59e-4b39-af25-ece5438424cf">Activated</Document_x0020_status>
     <LinkToExtranet xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
     <Picture xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Picture>
     <Summary xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
     <Domain xmlns="483d3195-fe5b-482d-840a-a9669aec09e6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010017CF2264B672F54CB433997038AE0698" ma:contentTypeVersion="10" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="e074df94a8155d6e2136b7e888dc64d8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="483d3195-fe5b-482d-840a-a9669aec09e6" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns4="90186c42-d59e-4b39-af25-ece5438424cf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9d6f3a80e3daa187271b4187ab40263" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="483d3195-fe5b-482d-840a-a9669aec09e6"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="90186c42-d59e-4b39-af25-ece5438424cf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Remark" minOccurs="0"/>
                 <xsd:element ref="ns2:Domain" minOccurs="0"/>
                 <xsd:element ref="ns1:Picture" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:_Source" minOccurs="0"/>
                 <xsd:element ref="ns2:Topic" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:Document_x0020_status" minOccurs="0"/>
                 <xsd:element ref="ns4:Deactivation" minOccurs="0"/>
                 <xsd:element ref="ns2:LinkToExtranet" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -15257,103 +15109,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F67CCAB3-7E47-4905-ACE6-3E2989A00A59}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E1AC3D7-8D53-47A5-A273-6C2BF2248F85}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="90186c42-d59e-4b39-af25-ece5438424cf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="483d3195-fe5b-482d-840a-a9669aec09e6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0EFD11F-3216-44C9-84B6-448C56B4C5B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="483d3195-fe5b-482d-840a-a9669aec09e6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="90186c42-d59e-4b39-af25-ece5438424cf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>